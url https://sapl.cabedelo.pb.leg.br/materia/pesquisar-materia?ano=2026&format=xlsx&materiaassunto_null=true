--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -10,135 +10,1937 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1177" uniqueCount="618">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>11457</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>ATSX</t>
+  </si>
+  <si>
+    <t>Ata de Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11457/ata_da_1a_sessao_extraordinaria_-_19-01-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata da 1ª Sessão Extraordinária</t>
+  </si>
+  <si>
+    <t>11491</t>
+  </si>
+  <si>
+    <t>ATSO</t>
+  </si>
+  <si>
+    <t>Ata de Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11491/ata_da_1a_sessao_ordinaria_03-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata da 1ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>11531</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11531/ata_da_2a_sessao_ordinaria__-_10-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata da 2ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>11585</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11585/ata_da_3o_sessao_ordinaria_-_24-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata da 3ª Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>11492</t>
+  </si>
+  <si>
+    <t>ATSS</t>
+  </si>
+  <si>
+    <t>Ata de Sessão Solene</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11492/ata_da_1a_sessao_solene_-_02-02-2026_abertura_periodo_ordinario.pdf</t>
+  </si>
+  <si>
+    <t>Ata da 1ª Sessão Solene</t>
+  </si>
+  <si>
     <t>11301</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>52</t>
   </si>
   <si>
     <t>APR</t>
   </si>
   <si>
     <t>Ato da Presidência</t>
   </si>
   <si>
     <t>José Francisco Pereira</t>
   </si>
   <si>
-    <t>https://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11301/ato_do_presidente_no_052_2026_-_regulamenta_as_transmissoes_sessoes_da_camara_periodo_eleitoral.pdf</t>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11301/ato_do_presidente_no_052_2026_-_regulamenta_as_transmissoes_sessoes_da_camara_periodo_eleitoral.pdf</t>
   </si>
   <si>
     <t>Regulamenta as transmissões de sessões legislativas e adota recomendações aos agentes_x000D_
 públicos da Câmara Municipal no período eleitoral, e dá outras providências</t>
   </si>
   <si>
     <t>11335</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11335/ato_do_presidente_no_053_2026_convoca_suplentes.pdf</t>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11335/ato_do_presidente_no_053_2026_convoca_suplentes.pdf</t>
   </si>
   <si>
     <t>Convoca suplentes para posse, em caráter provisório, no cargo de Vereador, e dá outras providências</t>
   </si>
   <si>
     <t>11336</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11336/ato_do_presidente_no_054_2026_-_designa_membro_titular_da_ccjr.pdf</t>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11336/ato_do_presidente_no_054_2026_-_designa_membro_titular_da_ccjr.pdf</t>
   </si>
   <si>
     <t>Designa Membro Titular da Comissão de Constituição, Justiça e Redação — CCJR, do 1° Biênio da 16* Legislatura 2025/2028</t>
   </si>
   <si>
     <t>11337</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11337/ato_do_presidente_no_055_2026-_designa_membro_titular_da_cof.pdf</t>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11337/ato_do_presidente_no_055_2026-_designa_membro_titular_da_cof.pdf</t>
   </si>
   <si>
     <t>Designa Membro Titular da Comissão de Orçamento e Finanças — COF, do 1° Biênio da 16* Legislatura 2025/2028</t>
+  </si>
+  <si>
+    <t>11488</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11488/ato_do_presidente_no_056_2026_-_ponto_facultativo_festejos_carnavalescos.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o ponto facultativo na Câmara Municipal de Cabedelo (PB) em razão das comemorações dos festejos carnavalescos</t>
+  </si>
+  <si>
+    <t>11489</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11489/ato_do_presidente_no_057_2026_-_membros_comissao.pdf</t>
+  </si>
+  <si>
+    <t>Designa os membros da Comissão de Representação da Câmara Municipal para representar a Câmara Municipal no Encontro Nacional de Gestores e Legislativos Municipais em Brasilia-DF,_x000D_
+constitui da pela Resolução n° 278/2026</t>
+  </si>
+  <si>
+    <t>11490</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11490/ato_do_presidente_no_058_2026_-_dispensa_2_o_suplente_ver._lucas_lopes__-_retorno_ver._evilasio.pdf</t>
+  </si>
+  <si>
+    <t>Dispensa o 2° Suplente de Vereador Lucas Lopes - do Avante - do exercício temporário do_x000D_
+mandato de vereador, em face do retorno do titular, e dá outras providências</t>
+  </si>
+  <si>
+    <t>11555</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11555/ato_do_presidente_no_059_2026_-_substituicao_membros_titulares_comissoes_permanentes_e_conselho_de_etica.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a substituição de membros titulares e suplentes das Comissões Permanentes e do Conselho de Ética e Decoro Parlamentar, relativo ao 1° Biênio da 16' Legislatura 2025/2028</t>
+  </si>
+  <si>
+    <t>11493</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Edvaldo Manoel  de Lima Neto</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11493/pl_no_001_2026_-_prefeito_municipal_-_atualiza_vencimento_base_servidores_pmc_-lei_no_2.620_2026.pdf</t>
+  </si>
+  <si>
+    <t>Atualiza o vencimento base mínimo dos Servidores da Prefeitura Municipal de Cabedelo, ocupantes de Cargo de Provimento Efetivo para o Salário Mínimo - Piso Nacional 2026, e dá outras providências</t>
+  </si>
+  <si>
+    <t>11494</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11494/pl_no_002_2026_-_prefeito_municipal_-_atualiza_representacao_dos_cargos_comissionados_da_pmc_-_lei_no_2.621_2026.pdf</t>
+  </si>
+  <si>
+    <t>Atualiza a representação dos Cargos Comissionados de Simbologia CAS-6, CDG-5, CDG6, CDG-7, CDG-8, CAI-2, CAI-3, CAI-4, CSE-1 e CSE-2 da Prefeitura Municipal de Cabedelo, e dá outras providências</t>
+  </si>
+  <si>
+    <t>11496</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11496/pr_no_001_2026_-_presidente_da_cmc_-_constitui_comissao_de_representacao_brasilia-df_-_res_no_278_2026.pdf</t>
+  </si>
+  <si>
+    <t>Constitui Comissão de Representação da Câmara Municipal de Cabedelo (PB), para participar do Encontro Nacional de Gestores e Legislativos Municipais em Brasília-DF, e dá outras providências</t>
+  </si>
+  <si>
+    <t>11429</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Alex Lucena, Bira Carvalho, Edglei Ramalho, Edson da Ótica, Enrique Douglas, Fabrício Magno, Fernando Sobrinho, José Pereira, Júnior Paulo, Lucas Lopes, Moisés do Meninas Bar, Wagner do Solanense</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11429/requer._no_001_2026_-_ver._enrique_douglas_e_outros_-_urgencia-urgentissima.pdf</t>
+  </si>
+  <si>
+    <t>Concessão do regime de Urgência-Urgentíssima para apreciação, na Sessão Ordinária de 19/01/2026, das seguintes proposituras: Projeto de Lei n° 001/2026 - Do Prefeito Municipal - Atualiza o vencimento base mínimo dos servidores da Prefeitura Municipal de Cabedelo, ocupantes de Cargo de Provimento Efetivo para o Salário-Mínimo - Piso Nacional 2026, e di outras providências; e Projeto de Lei n° 002/2026 - Do Prefeito Municipal - Atualiza a representação dos cargos comissionados de Simbologia CAS-6, CDG-5, CDG-6, CDG-7, CDG-8, CAI-2, CAI-3, CAI-4, CSE-1 e CSE-2 da Prefeitura Municipal de Cabedelo, e dá outras providências</t>
+  </si>
+  <si>
+    <t>11430</t>
+  </si>
+  <si>
+    <t>Alex Lucena</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11430/requer._no_002_2026_-_ver._alex_lucena_-_implantacao_contorno_km_2_da_br-230.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Superintendência Regional do DNIT/PB a realização de estudo técnico para a implantação de um contorno rodoviário na altura do Km 2 da BR-230, com o objetivo de melhorar a fluidez do trânsito e reduzir os constantes congestionamentos</t>
+  </si>
+  <si>
+    <t>11431</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11431/requer._no_003_2026_-_ver._alex_lucena_-_implantacao_mao_unica_av._oceano_atlantico_e_rua_jose_americo_de_almeida_filho.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de de Mobilidade Urbana a análise de viabilidade de implantação do fluxo de veículos em mão única na Av. Oceano Atlântico e R. José Americo de Almeida Filho, principais vias litorâneas das Praias: Ponta de Matos e Formosa, exclusivamente aos sábados, domingos e feriados</t>
+  </si>
+  <si>
+    <t>11432</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Júnior Datele</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11432/requer._no_004_2026_-_ver._junior_datele_-_implantacao_redutores_de_velocidade_rua_golfo_de_bengala_intermares.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Mobilidade Urbana a implantação de redutores de velocidade, sejam_x000D_
+eletrônicos ou lombadas físicas (quebra-molas), na Rua Golfo de Bengala, em Intermares</t>
+  </si>
+  <si>
+    <t>11433</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11433/requer._no_005_2026_-_ver._junior_datele_-_asfaltamento_rua_liberato_jose_de_miranda_centro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Infraestrutura a realização de estudo técnico com vistas à viabilização do asfaltamento da Rua Liberato José de Miranda, popularmente conhecida como Rua da Lancha, localizada no Centro do Município</t>
+  </si>
+  <si>
+    <t>11434</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Edglei Ramalho</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11434/requer._no_006_2026_-_ver._edglei_ramalho_-_construcao_praca_area_loteamento_jardim_atlantico_ii_recanto_do_poco.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Planejamento Urbano e Habitação a construção de uma Praça Pública na área pública situada no Loteamento Jardim Atlântico II, no Recanto do Poço</t>
+  </si>
+  <si>
+    <t>11435</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11435/requer._no_007_2026_-_ver._edglei_ramalho_-_pavimentacao_rua_5_loteamento_jardim_atlantico_ii_recanto_do_poco.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a pavimentação da Rua 05, no Loteamento Jardim Atlântico II, bairro Recanto do Poço</t>
+  </si>
+  <si>
+    <t>11436</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Wagner do Solanense</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11436/requer._no_008_2026_-_ver._wagner_do_solanense_-_dedetizacao_mercado_publico.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal a dedetização imediata do Mercado Público do Município de Cabedelo</t>
+  </si>
+  <si>
+    <t>11437</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Fernando Sobrinho</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11437/requer._no_009_2026_-_ver._fernando_sobrinho_-_parcerica_institucional_para_implementacao_festa_da_lagosta.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Pesca e Aquicultura que sejam adotadas as medidas necessárias para viabilizar e estabelecer parceria institucional junto à Secretaria de Desenvolvimento da Agropecuária e da Pesca do Estado da Paraíba - SEDAP e à APACCO, com o objetivo de firmar e garantir apoio financeiro e logístico para a implementação da Festa da Lagosta em nosso Município, a ser realizada no período de 01 a 03 de maio, tendo em vista que tal data marca o início do período da atividade lagosteira</t>
+  </si>
+  <si>
+    <t>11438</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11438/requer._no_010_2026_-_ver._fernando_sobrinho_-_regularizacao_fundiaria_urbana_area_quarteirao_jardim_brasilia.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal a Regularização Fundiária Urbana de uma área de quarteirão que abrangem as ruas: Ana Barbosa de Oliveira, Bernardino da Silva, João Castor de Sena e Telma Alves de Melo, ambas localizadas no bairro de Jardim Brasília, neste Município</t>
+  </si>
+  <si>
+    <t>11439</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11439/requer._no_011_2026_-_ver._wagner_do_solanense_-_construcao_novo_predio_policlinica_e_lacen.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Saúde de Saúde a construção de um novo prédio para abrigar a Policlínica Leonard Mozart e o LACEN do Município, utilizando projeto em estrutura pré-moldada, em razão da urgência da demanda</t>
+  </si>
+  <si>
+    <t>11440</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Lucas Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11440/requer._no_012_2026_-_ver._lucas_lopes_-_drenagem_rua_cleto_campelo_camalau.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a drenagem da água acumulada na Rua Cleto Campelo, por trás do Residencial Riviera do Porto e em frente ao antigo Moinho, no bairro de Camalaú</t>
+  </si>
+  <si>
+    <t>11441</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11441/requer._no_013_2026_-_ver._lucas_lopes_-_poda_arvore_rua_universitario_joao_roberto_borges_de_souza_camboinha_1.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Meio Ambiente poda de árvore localizada na_x000D_
+Rua Universitário João Roberto Borges de Souza, esquina com a rua Julieta Viana, no bairro_x000D_
+de Camboinha 1</t>
+  </si>
+  <si>
+    <t>11442</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>José Pereira</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11442/requer._no_014_2026_-_ver._jose_pereira_-_requalificacao_malha_asfaltica_sinalizacao_horizontal_e_vertical_faixa_ciclista_av._oceano_atlantico.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretarias de Infraestrutura e de Mobilidade Urbana a requalificação da malha asfáltica, a sinalização horizontal e vertical, bem como a implantação de faixa destinada a ciclistas em toda extensão da Avenida Oceano Atlântico</t>
+  </si>
+  <si>
+    <t>11443</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11443/requer._no_015_2026_-_ver._jose_pereira_-_atender_animais_de_rua_abandono_vitimas_de_acidentes_maus-tratos_e_acometidos_por_doencas_transmissiveis.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Saúde a ampliação da estrutura física, do quadro de profissionais e do funcionamento dos serviços prestados pelo Centro de Zoonoses do Município, para que passe a atender de forma mais abrangente os casos de animais de rua, em situação de abandono, vítimas de acidentes, de maus-tratos, bem como aqueles_x000D_
+acometidos por doenças transmissíveis</t>
+  </si>
+  <si>
+    <t>11444</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Bira Carvalho</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11444/requer._no_016_2026_-_ver._bira_carvalho_-_pl_criacao_fila_de_espera_integrada_atendimento_pessoas_com_deficiencia_e_institui_sisme.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal providências no sentido de estudar a possibilidade de analisar a minuta do Projeto de Lei que "Dispõe sobre a criação da fila de espera integrada para o atendimento de pessoas com deficiência no âmbito do Município de Cabedelo/ PB e institui o_x000D_
+sistema municipal integrado de espera - SISME"</t>
+  </si>
+  <si>
+    <t>11445</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11445/requer._no_017_2026_-_ver._bira_carvalho_-_reforma_quadra_de_esporte_oceania_iv_jacare.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal apreciar a possibilidade de promover a reforma da Quadra de Esporte Oceania IV, localizado na Rua Vila Feliz, s/n, no bairro do Jacaré</t>
+  </si>
+  <si>
+    <t>11446</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Edson da Ótica</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11446/requer._no_018_2026_-_ver._edson_da_otica_-_reparos_asfalto_rua_santo_antonio_e_raul_seixas_renascer_ii.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura reparos no asfalto das Ruas Santo Antônio e Raul Seixas, localizadas no Renascer II</t>
+  </si>
+  <si>
+    <t>11447</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11447/requer._no_019_2026_-_ver._edson_da_otica_-_implementar_binario_transito_local_renascer_ii.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Mobilidade Urbana implementar um binário no trânsito local do bairro do Renascer II, em Cabedelo, que irá abranger as ruas Presidente Getúlio Vargas, José Alves da Nóbrega e Raul Seixas</t>
+  </si>
+  <si>
+    <t>11448</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Hérlon Cabral</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11448/requer._no_020_2026_-_ver._herlon_cabral_-_servicos_de_manutencao_rua_joao_luiz_batista_camalau.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura serviços de manutenção na Rua João Luiz Batista, em Camalaú</t>
+  </si>
+  <si>
+    <t>11449</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11449/requer._no_021_2026_-_ver._herlon_cabral_-_aplicacao_piso_salarial_nacional_do_magisterio.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal para que determine aos órgãos competentes do Poder Executivo a realização de estudo de viabilidade técnica, jurídica, financeira e orçamentária acerca da eventual aplicação do Piso Salarial Nacional do Magistério aos auxiliares de sala e demais profissionais da educação pública municipal abrangidos pela legislação nacional</t>
+  </si>
+  <si>
+    <t>11450</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Reinaldo Lima (Rey)</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11450/requer._no_022_2026_-_ver._reinaldo_lima_rey_-_construcao_casas_populares_no_bairro_renascer.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a construção de casas populares no Bairro Renascer, visando atender à demanda crescente por habitação e garantir melhores condições de moradia às famílias daquela localidade</t>
+  </si>
+  <si>
+    <t>11451</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11451/requer._no_023_2026_-_ver._reinaldo_lima_rey_-_construcao_nova_creche_no_bairro_renascer.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipa e Secretarias de Educação e de Infraestrutura a construção de_x000D_
+uma nova creche no Bairro Renascer</t>
+  </si>
+  <si>
+    <t>11452</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Moisés do Meninas Bar</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11452/requer._no_024_2026_-_ver._moises_do_meninas_bar_-_concessao_auxilio-alimentacao_servidores_efetivos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal realizar estudo técnico e financeiro acerca da viabilidade de concessão de auxílio alimentação aos servidores efetivos do Município de Cabedelo que percebam remuneração não superior a dois salários mínimos, desde que cumpram carga horária semanal superior a 30 horas</t>
+  </si>
+  <si>
+    <t>11453</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11453/requer._no_025_2026_-_ver._moises_do_meninas_bar_-_cyber_seguranca_servicos_anexo_x_codigo_tributario_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Secretário de Receita e ao Procurador Geral  do Município a inclusão da Cyber Segurança na lista de serviços do anexo X do Código Tributário Municipal, no item 1 e sub item 1.01, que abrange serviços relacionados à Análise e Desenvolvimento de Sistemas</t>
+  </si>
+  <si>
+    <t>11454</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>Fabrício Magno</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11454/requer._no_026_2026_-_ver._fabricio_magno_-_distribuicao_coleiras_refletivas_identificacao_castracao.pdf</t>
+  </si>
+  <si>
+    <t>Solictar ao Prefeito Municipal, Secretaria de Saúde e ao Setor de Zoonoses a aquisição e distribuição de coleiras refletivas de identificação de castração para cães e gatos submetidos a procedimentos de esterilização realizados, apoiados ou supervisionados pelo Município</t>
+  </si>
+  <si>
+    <t>11455</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11455/requer._no_027_2026_-_ver._fabricio_magno_-_votos_de_aplausos_antiga_cabedelo_e_noticias_cabedelo.pdf</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos às páginas do Instagram “Antiga Cabedelo” e “Notícias Cabedelo”, em reconhecimento à relevante contribuição prestada à sociedade cabedelense por meio da valorização da memória histórica, da comunicação local e do fortalecimento da identidade e da cidadania no Município de Cabedelo</t>
+  </si>
+  <si>
+    <t>11456</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Enrique Douglas</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11456/requer._no_028_2026_-_ver._enrique_douglas_-_implementacao_da_adminsitracao_por_metas_prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>Solictar ao Prefeito Municipal e Secretarias de Ciência, Tecnologia e Inovação (SECTIN) e de Ação Governamental (SEAG) adotar as providências necessárias para a implementação da administração por metas (Gestão por Resultados), utilizando Indicadores-Chave de Desempenho (KPIs), em toda a estrutura da Prefeitura de Cabedelo</t>
+  </si>
+  <si>
+    <t>11459</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11459/requer._no_029__2026_-_ver._wagner_do_solanense_-_reforma_e_revitalizacao_mercado_publico_e_mercado_do_peixe.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal, reiterando os requerimentos nº16/2023 e nº 488/2025 de_x000D_
+minha autoria, providências no sentido de reformar e revitalizar o Mercado Público de Cabedelo e o Mercado do Peixe, localizado na Rua Elizabeth Alves Galvão, neste Município</t>
+  </si>
+  <si>
+    <t>11460</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11460/requer._no_030_2026_-_ver._junior_datele_-_refazer_faixas_de_pedestres_av._oceano_indico.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Mobilidade Urbana que sejam refeitas as faixas de pedestres da Avenida Oceano Indico, no bairro de Intermares, tendo em vista o desgaste acentuado da sinalização horizontal ao longo da via</t>
+  </si>
+  <si>
+    <t>11461</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11461/requer._no_031_2026_-_ver._junior_datele_-_inclusao_projeto_orla_construcao_banheiros_publicos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Infraestrutura a inclusão, no “Projeto Orla", da construção de banheiros públicos ao longo de toda a extensão da orla, devidamente equipados com acessibilidade, de modo a atender às necessidades da população em geral, incluindo pessoas com deficiência ou mobilidade reduzida</t>
+  </si>
+  <si>
+    <t>11462</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11462/requer._no_032_2026_-_ver._edglei_ramalho_-_inclusao_programa_pravimenta_cabedelo_rua_carmelita_de_morais_recanto_do_poco.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a inclusão, no Programa Pavimenta Cabedelo, da Rua Carmelita de Morais,  no Recanto do Poço</t>
+  </si>
+  <si>
+    <t>11463</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11463/requer._no_033_2026_-_ver._edglei_ramalho_-_capeamento_asfaltico_rua_estivador_antonio_leandro_de_sousa_formosa.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a realização do capeamento asfáltico da Rua Estivador Antônio Leandro de Souza, localizada no bairro Formosa,  importante via de acesso à orla e à Câmara Municipal de Cabedelo</t>
+  </si>
+  <si>
+    <t>11464</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11464/requer._no_034_2026_-_ver._wagner_do_solanense_-_realizacao_campeonato_municipal_de_futebol_interbairros.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Esporte, Juventude e Lazer, a realização do Campeonato Municipal de Futebol Interbairros, a ser promovido pelo Município no mês de agosto do corrente ano, com jogos a serem realizados no Estádio Francisco Figueiredo de Lima</t>
+  </si>
+  <si>
+    <t>11465</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>Júnior Paulo</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11465/requer._no_035_2026_-_ver._junior_paulo_-_pavimentacao_rua_rainha_da_paz_jardim_oceania-jacare.pdf</t>
+  </si>
+  <si>
+    <t>Soliciar ao Prefeito Municipal e Secretaria de Infraestrutura a pavimentação da Rua Rainha da Paz, no Bairro de Jardim Oceania-Jacaré</t>
+  </si>
+  <si>
+    <t>11466</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11466/requer._no_036_2026_-_ver._junior_paulo_-_sessao_especial_fibromialgia.pdf</t>
+  </si>
+  <si>
+    <t>Realização de Sessão Especial, no Plenário desta Casa Legislativa, em data a ser agendada, para tratar de assuntos inerentes aos Portadores de Fibromialgia e solucionar algumas problemáticas que envolvem as pessoas portadoras dessa doença crônica</t>
+  </si>
+  <si>
+    <t>11467</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11467/requer._no_037_2026_-_ver._herlon_cabral_-_revitalizacao_e_manutencao_lombadas_fisicas_rua_cleto_campelo_centro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e SEMOB a realização de serviços de revitalização e manutenção das lombadas físicas (“ondulações transversais”) da Rua Cleto Campelo, Centro, acompanhadas da devida sinalização viária, com o intuito de fornecer mais conforto e segurança a todos</t>
+  </si>
+  <si>
+    <t>11468</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11468/requer._no_038_2026_-_ver._herlon_cabral_-_passagem_carros_fumace.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Governo do Estado da Paraíba, em especial à Secretaria Municipal de Saúde e à Vigilância Sanitária, a intensificação e realização da passagem de carros fumacê em todo o território do Município de Cabedelo, como medida preventiva e emergencial de combate ao_x000D_
+mosquito Aedes aegypti</t>
+  </si>
+  <si>
+    <t>11469</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11469/requer._no_039_2026_-_ver._moises_do_meninas_bar_-_doacao_terreno_ifpb_campus_centro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal analisar a possibilidade de efetivar a doação do terreno onde atualmente está sediado o IFPB Campus Centro, o qual se encontra sob regime de cessão de uso à União, com o objetivo de consolidar a instalação da referida instituição federal</t>
+  </si>
+  <si>
+    <t>11470</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11470/requer._no_040_2026_-_ver._moises_do_meninas_bar_-_correcao_falha_administrativa_pagamento_quinquenios_agentes_comunitarios_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Administração a imediata correção da falha administrativa que vem prejudicando os Agentes Comunitários de Saúde quanto ao pagamento de seus quinquênios, prevista na Lei Municipal nº 523/89, que determina que o benefício deve ser concedido de ofício à base de 5% do vencimento a cada cinco anos de trabalho</t>
+  </si>
+  <si>
+    <t>11471</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11471/requer._no_041_2026_-_ver._lucas_lopes_-_implementacao_capsi.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Saúde efetuar estudo para implementação de um Centro de Atenção Psicossocial Infantojuvenil (CAPSi), no Município de Cabedelo</t>
+  </si>
+  <si>
+    <t>11472</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11472/requer._no_042_2026_-_ver._lucas_lopes_-_pl_normas_funcionamento_farmacia_de_manipulacao_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal providências no sentido de estudar a possibilidade de analisar a minuta do Projeto de Lei que "Autoriza a criação e fixa normas de funcionamento da Farmácia de Manipulação Municipal no âmbito do Município de Cabedelo - PB"</t>
+  </si>
+  <si>
+    <t>11473</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11473/requer._no_043_2026_-_ver._alex_lucena_-_pavimentacao_asfaltica_rua_augusto_firmo_paulo_monte_castelo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura analisar a viabilidade de implementação ao cronograma de obras a pavimentação asfáltica da Rua Augusto Firmo Paulo, via lateral ao Banco do Brasil, localizada no bairro Monte Castelo, neste Município</t>
+  </si>
+  <si>
+    <t>11474</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11474/requer._no_044_2026_-_ver._fernando_sobrinho_-_disponibilizacao_lixeiras_e_conteineres_trajetos_dos_blocos_carnavalescos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Infraestrutura a disponibilização de lixeiras e contêineres de resíduos em pontos estratégicos ao longo dos trajetos dos blocos carnavalescos, a fim de garantir a limpeza urbana, facilitar o descarte adequado de resíduos e proporcionar melhores condições de higiene e conforto aos foliões durante as festividades</t>
+  </si>
+  <si>
+    <t>11475</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11475/requer._no_045_2026_-_ver._fernando_sobrinho_-_implementacao_banheiros_quimicos_periodo_carnavalesco_orla.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Turismo a implementação de banheiros químicos durante o período_x000D_
+carnavalesco em pontos estratégicos na orla da cidade, tendo em vista o aumento do fluxo de pessoas nas festividades carnavalescas neste Município</t>
+  </si>
+  <si>
+    <t>11476</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11476/requer._no_046_2026_-_ver._edson_da_otica_-_implementar_placas_sinalizacao_todas_as_ruas_bairro_renascer_ii_iii_iv_parque_esperanca_e_haiti.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Comunicação implementar placas com sinalização em todas as ruas dos bairros Renascer II, III, IV, Parque Esperança e Haiti contendo o nome das ruas e CEP</t>
+  </si>
+  <si>
+    <t>11477</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11477/requer._no_047_2026_-_ver._edson_da_otica_-_calcamento_e_asfalto_ruas_jose_ferreira_de_morais_e_continuacao_rua_santo_antonio_renascer_ii.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura implementar o calçamento e asfalto da Rua José Ferreira de Morais e da continuação da Rua Santo Antônio, ambas localizadas no Renascer II</t>
+  </si>
+  <si>
+    <t>11478</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11478/requer._no_048_2026_-_ver._bira_carvalho_-_revitalizacao_espaco_publico_geraldo_smith_poco.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal a revitalização do espaço público denominado Geraldo Smith, localizado na Rua Luna Pedrosa, bairro do Poço</t>
+  </si>
+  <si>
+    <t>11479</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11479/requer._no_049_2026_-_ver._bira_carvalho_-_instalacao_trocadores_para_criancas_jovens_e_adultos_com_deficiencia_em_banheiros_publicos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal a instalação de trocadores para crianças, jovens e adultos com deficiência em banheiros públicos no Município de Cabedelo</t>
+  </si>
+  <si>
+    <t>11480</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11480/requer._no_050_2026_-_ver._fabricio_magno_-_pl_laudo_municipal_de_aptidao_turistica_-_lmat.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal providências no sentido de estudar a possibilidade de analisar a minuta do Projeto de Lei que "Dispõe sobre a instituição de critérios técnicos para avaliação, conservação e segurança de veículos utilizados na atividade turística no Município de Cabedelo, cria o Laudo Municipal de Aptidão Turística - LMAT, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>11481</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11481/requer._no_051_2026_-_ver._fabricio_magno_-_alteracao_metodo_atendimento.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e à Coordenadoria do Centro de Inclusão de Cabedelo a_x000D_
+alteração do método de atendimento, passando para o método de agendamento prévio,_x000D_
+visando à melhoria da organização, da eficiência do serviço e do atendimento à população usuária</t>
+  </si>
+  <si>
+    <t>11482</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11482/requer._no_052_2026_-_ver._alex_lucena_-_construcao_nova_usf_bairro_recanto_do_poco.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Saúde a construção de uma nova e moderna Unidade de Saúde da Família (USE) no bairro Recanto do Poço, haja vista o crescimento populacional da localidade e a crescente demanda por serviços de saúde, a qual a atual USF não vem atendendo de forma adequada às necessidades da população local</t>
+  </si>
+  <si>
+    <t>11521</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11521/requer._no_053_2026_-_ver._jose_pereira_-_pl_fiscaliza_cabedelo_descarte_irregular_de_residuos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal providências no sentido de estudar a possibilidade de analisar a minuta do Projeto de Lei que "Institui o Programa Municipal “Fiscaliza Cabedelo”, que estimula a participação da sociedade na fiscalização do descarte irregular de resíduos no Município de Cabedelo e adota outras providências"</t>
+  </si>
+  <si>
+    <t>11483</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11483/requer._no_054_2026_-_ver._jose_pereira_-_requalificacao_calcadas_recuperacao_e_nivelamento_canteiro_central_av._mar_vermelho_intermares.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a requalificação completa das calçadas, bem como a recuperação e o nivelamento do canteiro central da Avenida Mar Vermelho, em Intermares</t>
+  </si>
+  <si>
+    <t>11484</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11484/requer._no_055_2026_-_ver._enrique_douglas_-_criacao_projeto_cabine_estuda_cabedelo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Desenvolvimento Econômico e Portos (SEDEP) a criação do projeto “Cabine Estuda Cabedelo”, voltado à implantação de cabines de estudo individuais e coletivas, destinadas a estudantes que se preparam para concursos públicos, ENEM, vestibulares e demais processos seletivos</t>
+  </si>
+  <si>
+    <t>11485</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11485/requer._no_056_2026_-_ver._enrique_douglas_-_realizacao_projeto_cultural_deu_rock_2026_dique_cabedelo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretarias de Cultura e de Turismo a realização do Projeto Cultural “DEU ROCK 2026”, a ser realizado no Dique de Cabedelo, com programação pensada para valorizar e proporcionar ao público a experiência de contemplar o pôr do sol no local</t>
+  </si>
+  <si>
+    <t>11486</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11486/requer._no_057_2026_-_ver._jose_pereira_-_construcao_quiosques_praca_durval_portela_e_joao_pereira_de_lacerda_intermares.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a construção de quiosques na Praça Durval Portela e na Praça João Pereira de Lacerda, ambas localizadas no bairro de Intermares</t>
+  </si>
+  <si>
+    <t>11522</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11522/requer._no_058_2026_-_ver._reinaldo_lima_rey_-_reforma_e_ampliacao_escola_municipal_placido_de_almeida.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretarias de Educação e de Infraestrutura a reforma e_x000D_
+ampliação da Escola Municipal Plácido de Almeida, no Renascer Ill, visando oferecer melhores condições de ensino e aprendizagem</t>
+  </si>
+  <si>
+    <t>11537</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11537/requer._no_059_2026_-_ver._reinaldo_lima_rey_-_reforma_da_escola_municipal_maria_jose_verissimo_de_andrade.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretarias de Educação e de Infraestrutura a reforma e_x000D_
+ampliação da Escola Municipal Maria José Veríssimo de Andrade, no Renascer IV</t>
+  </si>
+  <si>
+    <t>11487</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>Alex Lucena, Bira Carvalho, Edglei Ramalho, Edson da Ótica, Enrique Douglas, Fabrício Magno, Fernando Sobrinho, José Pereira, Júnior Paulo, Lucas Lopes, Moisés do Meninas Bar</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11487/requer._no_060_2026_-_ver._enrique_douglas_e_outros_-_urgencia-urgentissima_falta_folha_de_votacao.pdf</t>
+  </si>
+  <si>
+    <t>Concessão do regime de Urgência-Urgentíssima para apreciação, na Sessão Ordinária de 10/02/2026, da seguinte propositura: Projeto de Lei nº 013/2026 - Do Prefeito Municipal - Altera dispositivos da Lei Municipal nº 2.573, de 18 de novembro de 2025, e dá outras providências</t>
+  </si>
+  <si>
+    <t>11511</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11511/requer._no_061_2026_-_ver._herlon_cabral_-_sessao_especial_transtorno_do_espectro_autista_tea.pdf</t>
+  </si>
+  <si>
+    <t>Realização de Sessão Especial, no Plenário desta Casa Legislativa, a ser realizada no mês de abril, em alusão a Semana Municipal de Conscientização sobre o Autismo (Lei nº 2.213/2022), com a finalidade de promover o debate e a conscientização sobre o Transtorno do Espectro Autista (TEA)</t>
+  </si>
+  <si>
+    <t>11512</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11512/requer._no_062_2026_-_ver._fabricio_magno_-_aquisicao_cameras_corporais_agente_semob_e_guardas_municipais.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretarias de Mobilidade Urbana e de Segurança Municipal a aquisição de câmeras corporais (body cams) para utilização pelos agentes da SEMOB e pelos Guardas Municipais que atuam diretamente nas ruas do Município</t>
+  </si>
+  <si>
+    <t>11513</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11513/requer._no_063_2026_-_ver._fabricio_magno_-_votos_de_aplausos_guarda_municipal_e_2o_sargento_do_bope_caes.pdf</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos à Guarda Municipal de Cabedelo, em especial à guarnição que se encontrava de serviço no último domingo, bem como ao 2º Sargento do BOPE Cães, Senhor Marcelo Oliveira, que, mesmo estando de folga, auxiliou a guarnição, a qual atuou de forma rápida, firme e eficiente na condução e prisão dos envolvidos no crime ocorrido no dia 15 de fevereiro, fato que resultou na morte de um jovem bastante conhecido na cidade e deixou outro ferido</t>
+  </si>
+  <si>
+    <t>11514</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11514/requer._no_064_2026_-_ver._jose_pereira_-_pl_regras_seguranca_posse_ou_conducao_responsavel_de_caes_via_publica.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal providências no sentido de estudar a possibilidade de analisar a minuta do Projeto de Lei que “Cria regras de segurança para posse ou condução responsável de cães na via pública de Cabedelo e dá outras providências"</t>
+  </si>
+  <si>
+    <t>11515</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11515/requer._no_065_2026_-_ver._junior_datele_-_campanhas_de_conscientizacao_e_orientacao_acerca_do_descarte_correto_residuos_solidos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Infraestrutura a realização de campanhas de conscientização e orientação junto à população do bairro Jacaré (Vila Feliz, Oceania e Portal do Poço) acerca do descarte correto de resíduos sólidos, especialmente quanto à proibição de descarte em pontos irregulares, como esquinas, terrenos baldios, vias públicas e áreas de preservação. Solicitar, ainda, que seja garantida a coleta regular de lixo em todas as ruas do bairro, com planejamento e execução de estratégias específicas para atender vias com mobilidade reduzida, a exemplo de ruas estreitas e áreas de difícil acesso, assegurando que nenhum morador fique desassistido pelo serviço de limpeza urbana</t>
+  </si>
+  <si>
+    <t>11516</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Votos de Profundo Pesar pelo falecimento do senhor Eurico Gomes de Azevedo, pessoa respeitada e querida no seio de nossa sociedade, fato ocorrido na última segunda feira, 16 de fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>11517</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11517/requer._no_067_2026_-_ver._edglei_ramalho_-_instalacao_de_coletor_de_residuos_solidos_rua_cleto_campelo_com_a_sao_francisco_camalau.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a instalação de um coletor de resíduos sólidos (caçamba) na esquina da Rua Cleto Campelo com a Rua São Francisco, no bairro de Camalaú</t>
+  </si>
+  <si>
+    <t>11518</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11518/requer._no_068_2026_-_ver._edglei_ramalho_-_recapeamento_asfaltico_av._juscelino_kubitschek_camalau_e_instalacao_redutores_de_velocidade.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura o recapeamento asfáltico da Avenida Juscelino Kubitschek, em Camalaú, atualmente pavimentada com paralelepípedo; bem como que sejam instalados redutores de velocidade em pontos estratégicos, visto que, os veículos que saem da balsa de Cabedelo, passam em alta velocidades pela referida rua</t>
+  </si>
+  <si>
+    <t>11519</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11519/requer._no_069_2026_-_ver._enrique_douglas_-_reforma_ou_reconstrucao_redutor_de_velocidade_rua_coronel_jose_teles_centro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Mobilidade Urbana a reforma ou reconstrução do redutor de velocidade (quebra-molas) localizado na Rua Coronel José Teles, no Centro do Município, bem como a avaliação técnica para nivelamento adequado da via e reforço da sinalização horizontal e vertical no referido trecho</t>
+  </si>
+  <si>
+    <t>11520</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11520/requer._no_070_2026_-_ver._enrique_douglas_-_votos_de_aplausos_tatiana_coelho_de_sampaio.pdf</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos à Professora Dra. Tatiana Coelho de Sampaio, do Instituto de Ciências Biomédicas da Universidade Federal do Rio de Janeiro (UFRJ), bem como às equipes de pesquisa e instituições parceiras envolvidas, pelo desenvolvimento e avanço científico relacionado à polilaminina, substância experimental estudada há décadas e apontada como promissora alternativa terapêutica para lesões medulares</t>
+  </si>
+  <si>
+    <t>11523</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11523/requer._no_071_2026_-_ver._alex_lucena_-_viabilidade_emissao_carta_de_habite-se_apos_conclusao_reforma_mercado_publico.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretarias de Planejamento Urbano e Habitação e de Controle do Uso e Ocupação do Solo, para que, após a conclusão da reforma do Mercado Público de Cabedelo, seja analisada a viabilidade da emissão da Carta de Habite-se do referido equipamento público. E ainda, que sejam adotadas as medidas administrativas necessárias visando: a regularização e o registro formal de todos os boxes existentes no mercado; a numeração oficial e a individualização de cada box; a vinculação de cada espaço aos respectivos permissionários; e a viabilização da regularização empresarial dos comerciantes, possibilitando a emissão de CNPJ junto à Receita Federal do Brasil, bem como a obtenção de inscrição estadual e inscrição municipal</t>
+  </si>
+  <si>
+    <t>11524</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11524/requer._no_072_2026_-_ver._alex_lucena_-_pl_instituir_curso_complementar_preparatorio_vestibulares_e_enem.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal providências no sentido de estudar a possibilidade de analisar a minuta do Projeto de Lei que "Dispõe sobre a instituição do curso complementar preparatório para vestibulares e Exame Nacional do Ensino Médio (ENEM), aos estudantes_x000D_
+que cursam e/ou cursaram o Ensino Médio, neste Município, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>11525</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11525/requer._no_073_2026_-_ver._reinaldo_lima_rey_-_construcao_nova_usf_bairro_renascer_iii.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a construção de uma nova Unidade de Saúde da Família (USF III-I) no Bairro Renascer Ill</t>
+  </si>
+  <si>
+    <t>11526</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11526/requer._no_074_2026_-_ver._herlon_cabral_-_aulas_praticas_educacao_fisica_alunos_ifpb_quadras_disponiveis.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Educação atenção para análise de viabilidade do interessante pleito formulado pela Senhora Diretora Geral do IFPB, Campus Cabedelo, Sra. Turla Alquete, que segue em anexo, para a realização de aulas práticas de educação física dos alunos do IFPB na Quadra Poliesportiva do Loteamento Stephanie Palhano ou em outras quadras disponíveis, atingindo um público de aproximadamente 500 jovens, que em sua maioria são residentes na cidade de Cabedelo</t>
+  </si>
+  <si>
+    <t>11527</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11527/requer._no_075_2026_-_ver._fernando_sobrinho_-_implantacao_lombada_rua_presidente_joao_pessoa_centro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Mobilidade Urbana a implantação de lombada na Rua Presidente João Pessoa, nº 94, no bairro do Centro (Próximo ao Terminal Pesqueiro), com sinalização adequada e estrutura necessária para garantir a segurança de pedestres e motoristas</t>
+  </si>
+  <si>
+    <t>11528</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11528/requer._no_076_2026_-_ver._fernando_sobrinho_-_votos_de_aplausos_guarda_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos à Guarda Municipal de Cabedelo, em reconhecimento à rápida ação e eficiência na prisão dos indivíduos envolvidos na morte de um jovem em nossa cidade, ocorrida durante o período de Carnaval. A atuação diligente da Guarda Municipal merece o reconhecimento desta Casa Legislativa, demonstrando compromisso com a segurança da população, zelo pelo cumprimento da lei e proteção à vida de todos os cidadãos de Cabedelo</t>
+  </si>
+  <si>
+    <t>11529</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>Evilásio Cavalcanti</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11529/requer._no_077_2026_-_ver._evilasio_cavalcanti_-_construcao_praca_bairro_de_intermares_homenagem_postuma_nomear_carlos_alberto_batista_gomes.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura que ao construir uma Praça no bairro de Intermares, se tenha uma justa homenagem póstuma ao nomear o Sr. Carlos Alberto Batista Gomes, um dos primeiros moradores do bairro de Intermares no Município no Cabedelo</t>
+  </si>
+  <si>
+    <t>11530</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11530/requer._no_078_2026_-_ver._evilasio_cavalcanti_-_investigacao_propagacao_de_ratos_e_pragas_urbanas_bairro_amazonia_park.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal, Secretaria de Saúde, por intermédio da Vigilância Sanitária, e ao Centro de Zoonoses do Município de Cabedelo que investigue a propagação de ratos e outras pragas urbanas na área pública do bairro do Amazônia Park e que, se possível, amplie por todo o Município de Cabedelo</t>
+  </si>
+  <si>
+    <t>11556</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11556/requer._no_080_2026_-_ver._edson_da_otica_-_aparelhos_ginastica_e_telas_de_protecao_praca_joao_pereira_de_lacerda_intermares.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a colocação de aparelhos de ginástica e a restauração das telas de proteção, e se possível o seu aumento, na Praça João Pereira de Lacerda, em Intermares</t>
+  </si>
+  <si>
+    <t>11497</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>Alex Lucena, Edglei Ramalho, Enrique Douglas, Evilásio Cavalcanti, Fabrício Magno, Fernando Sobrinho, Hérlon Cabral, José Pereira, Reinaldo Lima (Rey)</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11497/requer._no_081_2026_-_ver._enrique_douglas_e_outros_-_urgencia-urgentissima.pdf</t>
+  </si>
+  <si>
+    <t>Concessão do regime de Urgência-Urgentíssima para apreciação, na Sessão Ordinária de 24/02/2026, da seguinte propositura: Projeto de Lei Complementar nº 001/2026 - Do Prefeito Municipal - Altera os Anexos I e II da Lei nº 1.179, de 17 de dezembro de 2003, alterados pela Lei Complementar nº 98, de 29 de janeiro de 2025, e dá outras providências</t>
+  </si>
+  <si>
+    <t>11498</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11498/requer._no_082_2026_-_ver._enrique_douglas_-_quebra_de_intervalo_regimental.pdf</t>
+  </si>
+  <si>
+    <t>Dispensa do Interstício Regimental para apreciação em 2º turno de discussão e votação do Projeto de Lei Complementar nº 001/2026 - Do Prefeito Municipal</t>
+  </si>
+  <si>
+    <t>11535</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11535/requer._no_083_2026_-_ver._fernando_sobrinho_-_disponibilizacao_de_mais_onibus.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Transportes a disponibilização de mais um ônibus para atender os alunos das universidades de nossa cidade, tendo em vista que a insuficiência do quantitativo atual de veículos para suprir a demanda existente</t>
+  </si>
+  <si>
+    <t>11536</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11536/requer._no_084_2026_-_ver._fernando_sobrinho_-_regularizacao_fundiaria_ruas_bairro_do_centro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal uma Regularização Fundiária Urbana, localizada numa área de quarteirão que abrangem as ruas: Travessa Francisco Serafim, Rua Francisco Serafim, Rua Coronel José Teles, ambas localizadas no bairro do Centro, neste Município</t>
+  </si>
+  <si>
+    <t>11532</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11532/requer._no_085_2026_-_ver._wagner_do_solanense_-_sessao_especial_dia_internacional_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Realização de Sessão Especial, no Plenário desta Casa Legislativa, em data a ser agendada até o final do mês de março do corrente ano, em homenagem ao Dia Internacional da Mulher (8 de março)</t>
+  </si>
+  <si>
+    <t>11533</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11533/requer._no_086_2026_-_ver._junior_datele_-_readequacao_grades_de_escoamento_br_230.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Superintendência Regional do DNIT no Estado da Paraíba que sejam refeitas ou_x000D_
+readequadas as grades/proteções de escoamento de águas pluviais que margeiam toda a extensão da BR-230, nos limites do Município de Cabedelo</t>
+  </si>
+  <si>
+    <t>11534</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11534/requer._no_087_2026_-_ver._junior_datele_-_alagamento_rua_mangaba.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Infraestrutura , intervenção urgente para sanar problema crônico de alagamento na Rua Mangaba, no Portal do Poço - Vila Feliz, com implantação ou ampliação do sistema de drenagem pluvial; elevação do calçamento da via; redirecionamento adequado das águas para galerias pluviais já existentes nas proximidades; e outras soluções de engenharia que se mostrem viáveis para a resolução definitiva do problema</t>
+  </si>
+  <si>
+    <t>11540</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11540/requer._no_088_2026_-_ver._fabricio_magno_-_implantacao_sinalizacao_maritima.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Meio Ambiente a realização de estudo_x000D_
+técnico e financeiro com a finalidade de avaliar e viabilizar a implantação de sinalização_x000D_
+marítima, delimitando a distância mínima de 200 (duzentos) metros a partir da linha da_x000D_
+costa, no mar, destinada à proteção da área de banhistas e à disciplina da navegação de jets_x000D_
+skis e demais embarcações aquáticas motorizadas ao longo da orla do Município</t>
+  </si>
+  <si>
+    <t>11541</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11541/requer._no_089_2026_-_ver._fabricio_magno_-_revitalizacao_vila_porto.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a revitalização do Vila_x000D_
+Porto, com requalificação do espaço e implantação de Área Kids estruturada, dotada_x000D_
+das adequações necessárias à segurança e ao conforto das famílias frequentadoras</t>
+  </si>
+  <si>
+    <t>11542</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11542/requer._no_090_2026_-_ver._evilasio_cavalcanti_-_criacao_centro_de_estudos_linguas_estrangeiras.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Educação verificar a vialibilidade da criação_x000D_
+de um Centro de Estudos em Líguas Estrangeiras, com aulas ministradas pelos professores_x000D_
+da Rede Pública do Município de Cabedelo</t>
+  </si>
+  <si>
+    <t>11543</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11543/requer._no_091_2026_-_ver._evilasio_cavalcanti_-_pl_corrida_municipal_das_mulheres_de_cabedelo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal providências no sentido de estudar a possibilidade de analisar a minuta do Projeto de Lei que "Institui o dia da 'Corrida Municipal das Mulheres de_x000D_
+Cabedelo', no Calendário Oficial do Município, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>11544</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11544/requer._no_092_2026_-_ver._edglei_ramalho_-_manutencao_do_cemiterio_na_paz_do_senhor_camalau.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura que sejam realizadas ações de limpeza, manutenção e pintura no Cemitério Na Paz do Senhor, em Camalaú</t>
+  </si>
+  <si>
+    <t>11545</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11545/requer._no_093_2026_-_ver._edglei_ramalho_-_instalacao_placas_de_identificacao_ruas_intermares.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Comunicação a instalação de placas de identificação com os nomes das ruas no bairro de Intermares</t>
+  </si>
+  <si>
+    <t>11546</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11546/requer._no_094_2026_-_ver._moises_do_meninas_bar_-_disponibilizacao_carne_iptu.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria da Receita retomar a prática de disponibilizar, diretamente nas residências dos contribuintes, os carnês de pagamento do IPTU</t>
+  </si>
+  <si>
+    <t>11547</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11547/requer._no_095_2026_-_ver._moises_do_meninas_bar_-_pl_vacinacao_domiciliar.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal providências no sentido de estudar a possibilidade de analisar a minuta do Projeto de Lei que "Dispõe sobre a garantia do direito à vacinação domiciliar às_x000D_
+pessoas com Transtorno do Espectro Autista (TEA), às pessoas com deficiência, às pessoas com doenças incapacitantes e àquelas com dificuldade de locomoção, no âmbito do Município de Cabedelo/PB, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>11548</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11548/requer._no_096_2026_-_ver._edson_da_otica-_construcao_de_uma_creche_salinas_ribamar.pdf</t>
+  </si>
+  <si>
+    <t>Solictar ao Prefeito Municipal e Secretarias de Educação e de Infraestrutura a construção de uma creche no bairro do Salinas Ribamar</t>
+  </si>
+  <si>
+    <t>11549</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11549/requer._no_097_2026_-_ver._edson_da_otica-reforma_escola_municipal_renacer_ll.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretarias de Educação e de Infraestrutura uma reforma na Escola Municipal Elizabeth Ferreira da Silva, no Renascer II</t>
+  </si>
+  <si>
+    <t>11538</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11538/requer._no_098_2026_-_ver._reinaldo_lima_rey_-_cobertura_feira_livre_do_renascer.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a cobertura da Feira_x000D_
+Livre do Renascer</t>
+  </si>
+  <si>
+    <t>11550</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11550/requer._no_099_2026_-_ver._alex_lucena-_inclusao_escolar_sensibilidade_auditiva.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretarias da Pessoa com Deficiência e de Educação estudar a viabilidade de incluir nos kits de materiais escolares distribuídos pela Rede Municipal de Ensino, abafadores auriculares com regulagem destinados a estudantes com hipersensibilidade auditiva</t>
+  </si>
+  <si>
+    <t>11551</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11551/requer._no_100_2026_-_ver._alex_lucena_-_centro_apoio_pessoas_com_defeciencia.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria da Pessoa com Deficiência a construção de um Centro de Apoio à Pessoa com Deficiência e ao Transtorno do Espectro Autista (TEA) em nosso Município</t>
+  </si>
+  <si>
+    <t>11552</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11552/requer._no_101_2026_-_ver._enrique_douglas-_criacao_praca_pet_cabedelo_centro.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Planejamento Urbano e Habitação a criação de uma Praça Pet no Centro do Município de Cabedelo, em área pública a ser definida pelo Poder Executivo</t>
+  </si>
+  <si>
+    <t>11539</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11539/requer._no_102_2026_-_ver._enrique_douglas_-_sessao_especial_sindrome_de_down.pdf</t>
+  </si>
+  <si>
+    <t>Realização de Sessão Especial, no Plenário desta Casa Legislativa, a ser realizada no mês de março, com a finalidade de promover amplo debate, conscientização e fortalecimento das políticas públicas voltadas às pessoas com Trissomia do Cromossomo 21 (Síndrome de Down)</t>
+  </si>
+  <si>
+    <t>11557</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11557/requer._no_103_2026_-_ver._jose_pereira_-_pl_integracao_monitoramento_seguranca_condominios.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal providências no sentido de estudar a possibilidade de analisar a minuta do Projeto de Lei que "Dispõe sobre a integração do sistema de monitoramento de segurança de condomínios de Cabedelo à Central de Monitoramento Eletrônica Municipal e dá outras providências"</t>
+  </si>
+  <si>
+    <t>11553</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11553/requer._no_104_2026_-_ver._jose_pereira-_programa_praca_do_autista.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal providências no sentido de estudar a possibilidade de analisar a minuta do Projeto de Lei que "Institui o Programa Municipal 'Praça do Autista' no Município de Cabedelo e dá outras providências</t>
+  </si>
+  <si>
+    <t>11554</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11554/requer._no_105_2026_-_ver._junior_paulo-_pavimentacao_e_iluminaca_rua_portal_do_poco.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura serviços de pavimentação da Rua Marizeiro, no Portal do Poço; bem como a instalação de luminárias em led em toda sua extensão</t>
+  </si>
+  <si>
+    <t>11558</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11558/requer._no_106_2026_-_ver._junior_paulo_-_reparos_pavimentacao_rua_joao_castor_de_sena_jardim_brasilia.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura serviços de reparos na pavimentação da Rua João Castor de Sena, no Bairro de Jardim Brasília</t>
+  </si>
+  <si>
+    <t>11559</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>Alex Lucena, Bira Carvalho, Edglei Ramalho, Edson da Ótica, Enrique Douglas, Evilásio Cavalcanti, Fabrício Magno, Fernando Sobrinho, José Pereira, Júnior Paulo, Moisés do Meninas Bar, Reinaldo Lima (Rey), Wagner do Solanense</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11559/requer._no_107_2026_-_ver._enrique_douglas_e_outros_-_urgencia-urgentissima.pdf</t>
+  </si>
+  <si>
+    <t>Concessão do regime de Urgência-Urgentíssima para apreciação, na Sessão Ordinária de 03/03/2026, das seguintes proposituras: Projeto de Resolução nº 002/2026 - Do Presidente da Câmara Municipal - Altera a Resolução nº 159/2006 (Código de Ética e Decoro Parlamentar da Câmara Municipal de Cabedelo-PB, e dá outras providências; e Projeto de Resolução nº 003/2026 - Do Presidente da Câmara Municipal - Altera a Resolução nº 158/2006 (Regimento Interno da Câmara Municipal de Cabedelo-PB, e dá outras providências</t>
+  </si>
+  <si>
+    <t>11560</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11560/requer._no_108_2026_-_ver._bira_carvalho_-_limpeza_area_da_mare_jardim_manguinhos.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e SEINFRA a realização de serviço de limpeza e retirada de resíduos no trecho que abrange a área da maré do bairro Jardim Manguinhos, no Município de Cabedelo</t>
+  </si>
+  <si>
+    <t>11561</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11561/requer._no_109_2026_-_ver._wagner_do_solanense_-_restabelecimento_operacoes_da_petrobras.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal o restabelecimento das operações da Petróleo Brasileiro S.A. - Petrobrás no território do Município de Cabedelo/PB, pelos fundamentos a seguir expostos</t>
+  </si>
+  <si>
+    <t>11562</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11562/requer._no_110_2026_-_ver._junior_datele_-_disponibilizacao_placas_informativas_qr_code.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Meio Ambiente a disponibilização de placas informativas com QR Code em pontos estratégicos da orla do Município, contendo acesso rápido a informações atualizadas sobre a balneabilidade do mar nas respectivas localidades</t>
+  </si>
+  <si>
+    <t>11563</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11563/requer._no_111_2026_-_ver._junior_datele_-_ampliacao_e_fortalecimento_psicossocial_escolas_e_creches.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Educação a ampliação e fortalecimento da atenção psicossocial nas escolas e creches da Rede Municipal de Ensino</t>
+  </si>
+  <si>
+    <t>11564</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11564/requer._no_112_2026_-_ver._moises_do_meninas_bar_-_execucao_hino_oficial_de_cabedelo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal que sejam tomadas as devidas providências para a execução do Hino Oficial de Cabedelo, conforme instituído pela Lei 657/1992, em todos os eventos oficiais do Município e nas escolas da nossa cidade</t>
+  </si>
+  <si>
+    <t>11565</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11565/requer._no_113_2026_-_ver._moises_do_meninas_bar_-_instalacao_bueiros_inteligentes.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria da Defesa Civil Municipal a aquisição e instalação de sensores de bueiros inteligentes nos principais bueiros e pontos críticos de drenagem do Município, com o objetivo de aprimorar o monitoramento preventivo, reduzir riscos de alagamentos e garantir maior segurança à população</t>
+  </si>
+  <si>
+    <t>11566</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11566/requer._no_114_2026_-_ver._fernando_sobrinho_-_novos_quiosques_orla_praia_formosa.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Planejamento Urbano e Habilitação a viabilidade de novos quiosques na orla da Praia Formosa, com a devida estrutura e adequação necessária para funcionamento seguro e adequado; uma vez que alguns empreendedores que trabalham há anos na cidade não conseguiram o acesso aos quiosques existentes</t>
+  </si>
+  <si>
+    <t>11567</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11567/requer._no_115_2026_-_ver._fernando_sobrinho_-_implementacao_e_funcionamento_podcast_publico.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar à Secretaria de Desenvolvimento Econômico e Portos a criação e estruturação de ambiente apropriado, com os recursos técnicos necessários, para a implementação e funcionamento de um Podcast Público, visando oferecer à população acesso a informação, cultura e comunicação de qualidade de forma acessível e inclusiva</t>
+  </si>
+  <si>
+    <t>11568</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11568/requer._no_116_2026_-_ver._wagner_do_solanense_-_incentivo_e_fortalecimento_participacao_feminina_atividades_esportivas.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Esporte, Juventude e Lazer a criação e implementação de ações e programas voltados ao incentivo e fortalecimento da participação feminina nas atividades esportivas no Município de Cabedelo; bem como sejam desenvolvidas iniciativas que promovam o acesso de meninas e mulheres à prática esportiva, tais como a realização de campeonatos e torneios femininos, a criação de escolinhas esportivas voltadas ao público feminino, o apoio a projetos esportivos comunitários e a promoção de eventos que incentivem a participação das mulheres no esporte</t>
+  </si>
+  <si>
+    <t>11569</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11569/requer._no_117_2026_-_ver._edson_da_otica_-_totens_identificacao_entrada_todos_os_bairros.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretarias de Infraestrutura, de Turismo e demais Secretarias competentes a colocação de Totens de identificação nas entradas principais de todos os bairros de Cabedelo que ainda não têm, como mostram as imagens em anexo</t>
+  </si>
+  <si>
+    <t>11570</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11570/requer._no_118_2026_-_ver._junior_paulo_-_retomar_comemoracoes_aniversario_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Cultura retomar as comemorações do aniversário do Município de Cabedelo voltadas ao público cristão, com a apresentação de bandas, grupos musicais e momentos de ministração do Evangelho, podendo ser realizado no dia 11 de dezembro, data que antecede o aniversário da cidade</t>
+  </si>
+  <si>
+    <t>11571</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11571/requer._no_119_2026_-_ver._junior_paulo_-_pavimentacao_rua_ovidia_ezidro_de_oliveira_portal_do_poco.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a pavimentação da Rua_x000D_
+Ovidia Ezidro de Oliveira, no Portal do Poço</t>
+  </si>
+  <si>
+    <t>11572</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11572/requer._no_122_2026_-_ver._jose_pereira_-_drenagem_e_pavimentacao_rua_santo_antonio_jacare.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e SEINFRA a drenagem e pavimentação da Rua Santo Antônio, no bairro do Jacaré</t>
+  </si>
+  <si>
+    <t>11573</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11573/requer._no_123_2026_-_ver._jose_pereira_-_incluir_reforma_mercado_publico_construcao_boxes.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura incluir, no projeto de reforma do Mercado Público Municipal, a construção de unidades comerciais (boxes) destinadas aos comerciantes que atualmente exercem suas atividades na Rua João Pires Figueiredo, situada nas proximidades do referido mercado</t>
+  </si>
+  <si>
+    <t>11574</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11574/requer._no_124_2026_-_ver._edglei_ramalho_-_votos_de_aplausos_associacao_frei_gregorio.pdf</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos à Associação Frei Gregório, em comemoração aos 22 anos de sua fundação, destacando sua relevante atuação social no Município de Cabedelo, promovendo educação, cidadania e dignidade a crianças, adolescentes, jovens e famílias por ela atendidas</t>
+  </si>
+  <si>
+    <t>11575</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11575/requer._no_125_2026_-_ver._edglei_ramalho_-_votos_de_aplausos_real_supermecado.pdf</t>
+  </si>
+  <si>
+    <t>Votos de Aplausos ao REAL SUPERMERCADO, pelo relevante trabalho social desenvolvido por meio do Projeto TROCO SOLIDÁRIO, iniciativa que transforma pequenas quantias de troco dos clientes em importantes doações destinadas a entidades sociais, demonstrando_x000D_
+compromisso com a responsabilidade social e com o fortalecimento de instituições que prestam serviços essenciais à população</t>
+  </si>
+  <si>
+    <t>11576</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11576/requer._no_126_2026_-_ver._alex_lucena_-_recuperacao_bocas_de_lobo_limpeza_e_instalacao_bueiros_inteligentes_ruas_monte_castelo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Defesa Civil a recuperação de todas as bocas de lobo, limpeza e instalação de bueiros inteligentes nas seguintes vias do bairro Monte Castelo: Rua Augusto Firmo Paulo; Rua Severino Laurentino Leite e Rua José Messias de Freitas</t>
+  </si>
+  <si>
+    <t>11577</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11577/requer._no_127_2026_-_ver._alex_lucena_-_drenagem_rua_miguel_silvino_tomas_monte_castelo.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Infraestrutura a execução de serviços de drenagem na Rua Miguel Silvino Tomás, com interligação às Ruas Augusto Firmo Paulo e Rua Severino Laurentino Leite, no bairro de Monte Castelo, neste Município</t>
+  </si>
+  <si>
+    <t>11578</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11578/requer._no_128_2026_-_ver._fabricio_magno_-_criacao_programa_municipal_de_prevencao_e_tratamento_da_obesidade.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Saúde a criação do Programa Municipal de Prevenção e Tratamento da Obesidade, com acompanhamento multiprofissional, bem como a_x000D_
+realização de estudo técnico e financeiro para avaliar a viabilidade da oferta de terapias medicamentosas modernas destinadas ao tratamento da obesidade, incluindo medicamentos_x000D_
+à base de tirzepatida, quando houver indicação médica, no âmbito da rede pública municipal de saúde</t>
+  </si>
+  <si>
+    <t>11579</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11579/requer._no_129_2026_-_ver._fabricio_magno_-_implementacao_aplicativo_conecta_cabedelo_agendamento_retirada_medicamentos_farmacias_municipais.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Saúde a implementação, no aplicativo Conecta Cabedelo, da função/modalidade de agendamento para retirada de medicamentos na rede de farmácias municipais, com disponibilização das seguintes informações: relação e localização dos pontos de retirada; indicação da disponibilidade de medicamentos por unidade; opção de agendamento prévio para retirada, conforme estoque disponível; e confirmação digital do agendamento ao munícipe</t>
+  </si>
+  <si>
+    <t>11580</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11580/requer._no_130_2026_-_ver._bira_carvalho_-_construcao_descida_publica_acesso_pedestres_e_pequenas_embarcacoes_praia_do_poco.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e SEPLAH a implantação/construção de uma descida pública destinada ao acesso de pedestres e pequenas embarcações na Rua Professora Luiza Vieira Campos Silva, no bairro Praia do Poço</t>
+  </si>
+  <si>
+    <t>11581</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11581/requer._no_131_2026_-_ver._bira_carvalho_-_instalacao_cancelas_e_sinalizacoes_em_todas_passagens_do_trem.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal apreciar a viabilidade de oficiar a Companhia Brasileira de Trens Urbanos “CBTU” para incluir em todas as passagens de trem situadas em Cabedelo, seja nas estações, pátio e postos de controle, cancelas e as sinalizações adequadas</t>
+  </si>
+  <si>
+    <t>11582</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11582/requer._no_134_2026_-_ver._enrique_douglas_-_instalacao_de_totens_ou_placas_informativas_disque-denuncia.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Planejamento Urbano e Habitação a instalação de totens ou placas informativas em praças e ruas movimentadas do Município, incluindo a Orla de Intermares, Praia do Jacaré, mercados públicos e praças centrais, contendo informações sobre disque-denúncia e orientações sobre como denunciar casos de violência doméstica e de gênero</t>
+  </si>
+  <si>
+    <t>11583</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11583/requer._no_135_2026_-_ver._enrique_douglas_-_reforco_guarda_municipal_entorno_mercado_publico.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar ao Prefeito Municipal e Secretaria de Segurança Municipal o reforço do apoio da Guarda Municipal no entorno do Mercado Público de Cabedelo, especialmente nos dias de feira, com a presença de agentes a partir das 04h da manhã, período em que se inicia a maior movimentação de comerciantes, feirantes e consumidores</t>
+  </si>
+  <si>
+    <t>11584</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>Alex Lucena, Bira Carvalho, Edglei Ramalho, Edson da Ótica, Enrique Douglas, Fabrício Magno, Fernando Sobrinho, José Pereira, Júnior Paulo, Moisés do Meninas Bar, Wagner do Solanense</t>
+  </si>
+  <si>
+    <t>http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11584/requer._no_136_2026_-_ver._enrique_douglas_e_outros_-_urgencia-urgentissima.pdf</t>
+  </si>
+  <si>
+    <t>Concessão do regime de Urgência-Urgentíssima para apreciação, na Sessão Ordinária de 10/03/2026, da seguinte propositura: Projeto de Lei nº 052/2026 - Do Prefeito Municipal - Altera dispositivos da Lei Municipal nº 2.573, de 18 de novembro de 2025, alterada pela Lei Municipal nº 2.622, de 12 de fevereiro de 2026, e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -442,207 +2244,4047 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11301/ato_do_presidente_no_052_2026_-_regulamenta_as_transmissoes_sessoes_da_camara_periodo_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11335/ato_do_presidente_no_053_2026_convoca_suplentes.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11336/ato_do_presidente_no_054_2026_-_designa_membro_titular_da_ccjr.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11337/ato_do_presidente_no_055_2026-_designa_membro_titular_da_cof.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11457/ata_da_1a_sessao_extraordinaria_-_19-01-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11491/ata_da_1a_sessao_ordinaria_03-02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11531/ata_da_2a_sessao_ordinaria__-_10-02-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11585/ata_da_3o_sessao_ordinaria_-_24-02-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11492/ata_da_1a_sessao_solene_-_02-02-2026_abertura_periodo_ordinario.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11301/ato_do_presidente_no_052_2026_-_regulamenta_as_transmissoes_sessoes_da_camara_periodo_eleitoral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11335/ato_do_presidente_no_053_2026_convoca_suplentes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11336/ato_do_presidente_no_054_2026_-_designa_membro_titular_da_ccjr.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11337/ato_do_presidente_no_055_2026-_designa_membro_titular_da_cof.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11488/ato_do_presidente_no_056_2026_-_ponto_facultativo_festejos_carnavalescos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11489/ato_do_presidente_no_057_2026_-_membros_comissao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11490/ato_do_presidente_no_058_2026_-_dispensa_2_o_suplente_ver._lucas_lopes__-_retorno_ver._evilasio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11555/ato_do_presidente_no_059_2026_-_substituicao_membros_titulares_comissoes_permanentes_e_conselho_de_etica.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11493/pl_no_001_2026_-_prefeito_municipal_-_atualiza_vencimento_base_servidores_pmc_-lei_no_2.620_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11494/pl_no_002_2026_-_prefeito_municipal_-_atualiza_representacao_dos_cargos_comissionados_da_pmc_-_lei_no_2.621_2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11496/pr_no_001_2026_-_presidente_da_cmc_-_constitui_comissao_de_representacao_brasilia-df_-_res_no_278_2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11429/requer._no_001_2026_-_ver._enrique_douglas_e_outros_-_urgencia-urgentissima.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11430/requer._no_002_2026_-_ver._alex_lucena_-_implantacao_contorno_km_2_da_br-230.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11431/requer._no_003_2026_-_ver._alex_lucena_-_implantacao_mao_unica_av._oceano_atlantico_e_rua_jose_americo_de_almeida_filho.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11432/requer._no_004_2026_-_ver._junior_datele_-_implantacao_redutores_de_velocidade_rua_golfo_de_bengala_intermares.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11433/requer._no_005_2026_-_ver._junior_datele_-_asfaltamento_rua_liberato_jose_de_miranda_centro.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11434/requer._no_006_2026_-_ver._edglei_ramalho_-_construcao_praca_area_loteamento_jardim_atlantico_ii_recanto_do_poco.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11435/requer._no_007_2026_-_ver._edglei_ramalho_-_pavimentacao_rua_5_loteamento_jardim_atlantico_ii_recanto_do_poco.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11436/requer._no_008_2026_-_ver._wagner_do_solanense_-_dedetizacao_mercado_publico.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11437/requer._no_009_2026_-_ver._fernando_sobrinho_-_parcerica_institucional_para_implementacao_festa_da_lagosta.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11438/requer._no_010_2026_-_ver._fernando_sobrinho_-_regularizacao_fundiaria_urbana_area_quarteirao_jardim_brasilia.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11439/requer._no_011_2026_-_ver._wagner_do_solanense_-_construcao_novo_predio_policlinica_e_lacen.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11440/requer._no_012_2026_-_ver._lucas_lopes_-_drenagem_rua_cleto_campelo_camalau.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11441/requer._no_013_2026_-_ver._lucas_lopes_-_poda_arvore_rua_universitario_joao_roberto_borges_de_souza_camboinha_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11442/requer._no_014_2026_-_ver._jose_pereira_-_requalificacao_malha_asfaltica_sinalizacao_horizontal_e_vertical_faixa_ciclista_av._oceano_atlantico.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11443/requer._no_015_2026_-_ver._jose_pereira_-_atender_animais_de_rua_abandono_vitimas_de_acidentes_maus-tratos_e_acometidos_por_doencas_transmissiveis.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11444/requer._no_016_2026_-_ver._bira_carvalho_-_pl_criacao_fila_de_espera_integrada_atendimento_pessoas_com_deficiencia_e_institui_sisme.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11445/requer._no_017_2026_-_ver._bira_carvalho_-_reforma_quadra_de_esporte_oceania_iv_jacare.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11446/requer._no_018_2026_-_ver._edson_da_otica_-_reparos_asfalto_rua_santo_antonio_e_raul_seixas_renascer_ii.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11447/requer._no_019_2026_-_ver._edson_da_otica_-_implementar_binario_transito_local_renascer_ii.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11448/requer._no_020_2026_-_ver._herlon_cabral_-_servicos_de_manutencao_rua_joao_luiz_batista_camalau.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11449/requer._no_021_2026_-_ver._herlon_cabral_-_aplicacao_piso_salarial_nacional_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11450/requer._no_022_2026_-_ver._reinaldo_lima_rey_-_construcao_casas_populares_no_bairro_renascer.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11451/requer._no_023_2026_-_ver._reinaldo_lima_rey_-_construcao_nova_creche_no_bairro_renascer.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11452/requer._no_024_2026_-_ver._moises_do_meninas_bar_-_concessao_auxilio-alimentacao_servidores_efetivos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11453/requer._no_025_2026_-_ver._moises_do_meninas_bar_-_cyber_seguranca_servicos_anexo_x_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11454/requer._no_026_2026_-_ver._fabricio_magno_-_distribuicao_coleiras_refletivas_identificacao_castracao.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11455/requer._no_027_2026_-_ver._fabricio_magno_-_votos_de_aplausos_antiga_cabedelo_e_noticias_cabedelo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11456/requer._no_028_2026_-_ver._enrique_douglas_-_implementacao_da_adminsitracao_por_metas_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11459/requer._no_029__2026_-_ver._wagner_do_solanense_-_reforma_e_revitalizacao_mercado_publico_e_mercado_do_peixe.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11460/requer._no_030_2026_-_ver._junior_datele_-_refazer_faixas_de_pedestres_av._oceano_indico.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11461/requer._no_031_2026_-_ver._junior_datele_-_inclusao_projeto_orla_construcao_banheiros_publicos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11462/requer._no_032_2026_-_ver._edglei_ramalho_-_inclusao_programa_pravimenta_cabedelo_rua_carmelita_de_morais_recanto_do_poco.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11463/requer._no_033_2026_-_ver._edglei_ramalho_-_capeamento_asfaltico_rua_estivador_antonio_leandro_de_sousa_formosa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11464/requer._no_034_2026_-_ver._wagner_do_solanense_-_realizacao_campeonato_municipal_de_futebol_interbairros.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11465/requer._no_035_2026_-_ver._junior_paulo_-_pavimentacao_rua_rainha_da_paz_jardim_oceania-jacare.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11466/requer._no_036_2026_-_ver._junior_paulo_-_sessao_especial_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11467/requer._no_037_2026_-_ver._herlon_cabral_-_revitalizacao_e_manutencao_lombadas_fisicas_rua_cleto_campelo_centro.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11468/requer._no_038_2026_-_ver._herlon_cabral_-_passagem_carros_fumace.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11469/requer._no_039_2026_-_ver._moises_do_meninas_bar_-_doacao_terreno_ifpb_campus_centro.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11470/requer._no_040_2026_-_ver._moises_do_meninas_bar_-_correcao_falha_administrativa_pagamento_quinquenios_agentes_comunitarios_de_saude.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11471/requer._no_041_2026_-_ver._lucas_lopes_-_implementacao_capsi.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11472/requer._no_042_2026_-_ver._lucas_lopes_-_pl_normas_funcionamento_farmacia_de_manipulacao_municipal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11473/requer._no_043_2026_-_ver._alex_lucena_-_pavimentacao_asfaltica_rua_augusto_firmo_paulo_monte_castelo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11474/requer._no_044_2026_-_ver._fernando_sobrinho_-_disponibilizacao_lixeiras_e_conteineres_trajetos_dos_blocos_carnavalescos.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11475/requer._no_045_2026_-_ver._fernando_sobrinho_-_implementacao_banheiros_quimicos_periodo_carnavalesco_orla.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11476/requer._no_046_2026_-_ver._edson_da_otica_-_implementar_placas_sinalizacao_todas_as_ruas_bairro_renascer_ii_iii_iv_parque_esperanca_e_haiti.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11477/requer._no_047_2026_-_ver._edson_da_otica_-_calcamento_e_asfalto_ruas_jose_ferreira_de_morais_e_continuacao_rua_santo_antonio_renascer_ii.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11478/requer._no_048_2026_-_ver._bira_carvalho_-_revitalizacao_espaco_publico_geraldo_smith_poco.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11479/requer._no_049_2026_-_ver._bira_carvalho_-_instalacao_trocadores_para_criancas_jovens_e_adultos_com_deficiencia_em_banheiros_publicos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11480/requer._no_050_2026_-_ver._fabricio_magno_-_pl_laudo_municipal_de_aptidao_turistica_-_lmat.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11481/requer._no_051_2026_-_ver._fabricio_magno_-_alteracao_metodo_atendimento.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11482/requer._no_052_2026_-_ver._alex_lucena_-_construcao_nova_usf_bairro_recanto_do_poco.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11521/requer._no_053_2026_-_ver._jose_pereira_-_pl_fiscaliza_cabedelo_descarte_irregular_de_residuos.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11483/requer._no_054_2026_-_ver._jose_pereira_-_requalificacao_calcadas_recuperacao_e_nivelamento_canteiro_central_av._mar_vermelho_intermares.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11484/requer._no_055_2026_-_ver._enrique_douglas_-_criacao_projeto_cabine_estuda_cabedelo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11485/requer._no_056_2026_-_ver._enrique_douglas_-_realizacao_projeto_cultural_deu_rock_2026_dique_cabedelo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11486/requer._no_057_2026_-_ver._jose_pereira_-_construcao_quiosques_praca_durval_portela_e_joao_pereira_de_lacerda_intermares.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11522/requer._no_058_2026_-_ver._reinaldo_lima_rey_-_reforma_e_ampliacao_escola_municipal_placido_de_almeida.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11537/requer._no_059_2026_-_ver._reinaldo_lima_rey_-_reforma_da_escola_municipal_maria_jose_verissimo_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11487/requer._no_060_2026_-_ver._enrique_douglas_e_outros_-_urgencia-urgentissima_falta_folha_de_votacao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11511/requer._no_061_2026_-_ver._herlon_cabral_-_sessao_especial_transtorno_do_espectro_autista_tea.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11512/requer._no_062_2026_-_ver._fabricio_magno_-_aquisicao_cameras_corporais_agente_semob_e_guardas_municipais.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11513/requer._no_063_2026_-_ver._fabricio_magno_-_votos_de_aplausos_guarda_municipal_e_2o_sargento_do_bope_caes.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11514/requer._no_064_2026_-_ver._jose_pereira_-_pl_regras_seguranca_posse_ou_conducao_responsavel_de_caes_via_publica.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11515/requer._no_065_2026_-_ver._junior_datele_-_campanhas_de_conscientizacao_e_orientacao_acerca_do_descarte_correto_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11517/requer._no_067_2026_-_ver._edglei_ramalho_-_instalacao_de_coletor_de_residuos_solidos_rua_cleto_campelo_com_a_sao_francisco_camalau.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11518/requer._no_068_2026_-_ver._edglei_ramalho_-_recapeamento_asfaltico_av._juscelino_kubitschek_camalau_e_instalacao_redutores_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11519/requer._no_069_2026_-_ver._enrique_douglas_-_reforma_ou_reconstrucao_redutor_de_velocidade_rua_coronel_jose_teles_centro.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11520/requer._no_070_2026_-_ver._enrique_douglas_-_votos_de_aplausos_tatiana_coelho_de_sampaio.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11523/requer._no_071_2026_-_ver._alex_lucena_-_viabilidade_emissao_carta_de_habite-se_apos_conclusao_reforma_mercado_publico.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11524/requer._no_072_2026_-_ver._alex_lucena_-_pl_instituir_curso_complementar_preparatorio_vestibulares_e_enem.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11525/requer._no_073_2026_-_ver._reinaldo_lima_rey_-_construcao_nova_usf_bairro_renascer_iii.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11526/requer._no_074_2026_-_ver._herlon_cabral_-_aulas_praticas_educacao_fisica_alunos_ifpb_quadras_disponiveis.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11527/requer._no_075_2026_-_ver._fernando_sobrinho_-_implantacao_lombada_rua_presidente_joao_pessoa_centro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11528/requer._no_076_2026_-_ver._fernando_sobrinho_-_votos_de_aplausos_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11529/requer._no_077_2026_-_ver._evilasio_cavalcanti_-_construcao_praca_bairro_de_intermares_homenagem_postuma_nomear_carlos_alberto_batista_gomes.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11530/requer._no_078_2026_-_ver._evilasio_cavalcanti_-_investigacao_propagacao_de_ratos_e_pragas_urbanas_bairro_amazonia_park.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11556/requer._no_080_2026_-_ver._edson_da_otica_-_aparelhos_ginastica_e_telas_de_protecao_praca_joao_pereira_de_lacerda_intermares.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11497/requer._no_081_2026_-_ver._enrique_douglas_e_outros_-_urgencia-urgentissima.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11498/requer._no_082_2026_-_ver._enrique_douglas_-_quebra_de_intervalo_regimental.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11535/requer._no_083_2026_-_ver._fernando_sobrinho_-_disponibilizacao_de_mais_onibus.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11536/requer._no_084_2026_-_ver._fernando_sobrinho_-_regularizacao_fundiaria_ruas_bairro_do_centro.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11532/requer._no_085_2026_-_ver._wagner_do_solanense_-_sessao_especial_dia_internacional_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11533/requer._no_086_2026_-_ver._junior_datele_-_readequacao_grades_de_escoamento_br_230.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11534/requer._no_087_2026_-_ver._junior_datele_-_alagamento_rua_mangaba.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11540/requer._no_088_2026_-_ver._fabricio_magno_-_implantacao_sinalizacao_maritima.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11541/requer._no_089_2026_-_ver._fabricio_magno_-_revitalizacao_vila_porto.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11542/requer._no_090_2026_-_ver._evilasio_cavalcanti_-_criacao_centro_de_estudos_linguas_estrangeiras.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11543/requer._no_091_2026_-_ver._evilasio_cavalcanti_-_pl_corrida_municipal_das_mulheres_de_cabedelo.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11544/requer._no_092_2026_-_ver._edglei_ramalho_-_manutencao_do_cemiterio_na_paz_do_senhor_camalau.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11545/requer._no_093_2026_-_ver._edglei_ramalho_-_instalacao_placas_de_identificacao_ruas_intermares.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11546/requer._no_094_2026_-_ver._moises_do_meninas_bar_-_disponibilizacao_carne_iptu.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11547/requer._no_095_2026_-_ver._moises_do_meninas_bar_-_pl_vacinacao_domiciliar.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11548/requer._no_096_2026_-_ver._edson_da_otica-_construcao_de_uma_creche_salinas_ribamar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11549/requer._no_097_2026_-_ver._edson_da_otica-reforma_escola_municipal_renacer_ll.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11538/requer._no_098_2026_-_ver._reinaldo_lima_rey_-_cobertura_feira_livre_do_renascer.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11550/requer._no_099_2026_-_ver._alex_lucena-_inclusao_escolar_sensibilidade_auditiva.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11551/requer._no_100_2026_-_ver._alex_lucena_-_centro_apoio_pessoas_com_defeciencia.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11552/requer._no_101_2026_-_ver._enrique_douglas-_criacao_praca_pet_cabedelo_centro.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11539/requer._no_102_2026_-_ver._enrique_douglas_-_sessao_especial_sindrome_de_down.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11557/requer._no_103_2026_-_ver._jose_pereira_-_pl_integracao_monitoramento_seguranca_condominios.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11553/requer._no_104_2026_-_ver._jose_pereira-_programa_praca_do_autista.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11554/requer._no_105_2026_-_ver._junior_paulo-_pavimentacao_e_iluminaca_rua_portal_do_poco.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11558/requer._no_106_2026_-_ver._junior_paulo_-_reparos_pavimentacao_rua_joao_castor_de_sena_jardim_brasilia.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11559/requer._no_107_2026_-_ver._enrique_douglas_e_outros_-_urgencia-urgentissima.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11560/requer._no_108_2026_-_ver._bira_carvalho_-_limpeza_area_da_mare_jardim_manguinhos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11561/requer._no_109_2026_-_ver._wagner_do_solanense_-_restabelecimento_operacoes_da_petrobras.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11562/requer._no_110_2026_-_ver._junior_datele_-_disponibilizacao_placas_informativas_qr_code.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11563/requer._no_111_2026_-_ver._junior_datele_-_ampliacao_e_fortalecimento_psicossocial_escolas_e_creches.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11564/requer._no_112_2026_-_ver._moises_do_meninas_bar_-_execucao_hino_oficial_de_cabedelo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11565/requer._no_113_2026_-_ver._moises_do_meninas_bar_-_instalacao_bueiros_inteligentes.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11566/requer._no_114_2026_-_ver._fernando_sobrinho_-_novos_quiosques_orla_praia_formosa.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11567/requer._no_115_2026_-_ver._fernando_sobrinho_-_implementacao_e_funcionamento_podcast_publico.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11568/requer._no_116_2026_-_ver._wagner_do_solanense_-_incentivo_e_fortalecimento_participacao_feminina_atividades_esportivas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11569/requer._no_117_2026_-_ver._edson_da_otica_-_totens_identificacao_entrada_todos_os_bairros.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11570/requer._no_118_2026_-_ver._junior_paulo_-_retomar_comemoracoes_aniversario_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11571/requer._no_119_2026_-_ver._junior_paulo_-_pavimentacao_rua_ovidia_ezidro_de_oliveira_portal_do_poco.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11572/requer._no_122_2026_-_ver._jose_pereira_-_drenagem_e_pavimentacao_rua_santo_antonio_jacare.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11573/requer._no_123_2026_-_ver._jose_pereira_-_incluir_reforma_mercado_publico_construcao_boxes.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11574/requer._no_124_2026_-_ver._edglei_ramalho_-_votos_de_aplausos_associacao_frei_gregorio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11575/requer._no_125_2026_-_ver._edglei_ramalho_-_votos_de_aplausos_real_supermecado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11576/requer._no_126_2026_-_ver._alex_lucena_-_recuperacao_bocas_de_lobo_limpeza_e_instalacao_bueiros_inteligentes_ruas_monte_castelo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11577/requer._no_127_2026_-_ver._alex_lucena_-_drenagem_rua_miguel_silvino_tomas_monte_castelo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11578/requer._no_128_2026_-_ver._fabricio_magno_-_criacao_programa_municipal_de_prevencao_e_tratamento_da_obesidade.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11579/requer._no_129_2026_-_ver._fabricio_magno_-_implementacao_aplicativo_conecta_cabedelo_agendamento_retirada_medicamentos_farmacias_municipais.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11580/requer._no_130_2026_-_ver._bira_carvalho_-_construcao_descida_publica_acesso_pedestres_e_pequenas_embarcacoes_praia_do_poco.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11581/requer._no_131_2026_-_ver._bira_carvalho_-_instalacao_cancelas_e_sinalizacoes_em_todas_passagens_do_trem.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11582/requer._no_134_2026_-_ver._enrique_douglas_-_instalacao_de_totens_ou_placas_informativas_disque-denuncia.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11583/requer._no_135_2026_-_ver._enrique_douglas_-_reforco_guarda_municipal_entorno_mercado_publico.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cabedelo.pb.leg.br/media/sapl/public/materialegislativa/2026/11584/requer._no_136_2026_-_ver._enrique_douglas_e_outros_-_urgencia-urgentissima.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="20.28515625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="108.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="201.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="219.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="G2" s="1" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H5" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>35</v>
+      </c>
+      <c r="E7" t="s">
+        <v>36</v>
+      </c>
+      <c r="F7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>35</v>
+      </c>
+      <c r="E8" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
+        <v>36</v>
+      </c>
+      <c r="F9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F10" t="s">
+        <v>37</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" t="s">
+        <v>36</v>
+      </c>
+      <c r="F11" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" t="s">
+        <v>37</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
+        <v>36</v>
+      </c>
+      <c r="F13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E14" t="s">
+        <v>36</v>
+      </c>
+      <c r="F14" t="s">
+        <v>37</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H15" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" t="s">
+        <v>71</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>78</v>
+      </c>
+      <c r="E17" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" t="s">
+        <v>37</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="H17" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>83</v>
+      </c>
+      <c r="E18" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" t="s">
+        <v>85</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="H18" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>21</v>
+      </c>
+      <c r="D19" t="s">
+        <v>83</v>
+      </c>
+      <c r="E19" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" t="s">
+        <v>89</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" t="s">
+        <v>83</v>
+      </c>
+      <c r="E20" t="s">
+        <v>84</v>
+      </c>
+      <c r="F20" t="s">
+        <v>89</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>96</v>
+      </c>
+      <c r="D21" t="s">
+        <v>83</v>
+      </c>
+      <c r="E21" t="s">
+        <v>84</v>
+      </c>
+      <c r="F21" t="s">
+        <v>97</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H21" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>100</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>101</v>
+      </c>
+      <c r="D22" t="s">
+        <v>83</v>
+      </c>
+      <c r="E22" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" t="s">
+        <v>97</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H22" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>104</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>105</v>
+      </c>
+      <c r="D23" t="s">
+        <v>83</v>
+      </c>
+      <c r="E23" t="s">
+        <v>84</v>
+      </c>
+      <c r="F23" t="s">
+        <v>106</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H23" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>109</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" t="s">
+        <v>83</v>
+      </c>
+      <c r="E24" t="s">
+        <v>84</v>
+      </c>
+      <c r="F24" t="s">
+        <v>106</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H24" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>113</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>114</v>
+      </c>
+      <c r="D25" t="s">
+        <v>83</v>
+      </c>
+      <c r="E25" t="s">
+        <v>84</v>
+      </c>
+      <c r="F25" t="s">
+        <v>115</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H25" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>119</v>
+      </c>
+      <c r="D26" t="s">
+        <v>83</v>
+      </c>
+      <c r="E26" t="s">
+        <v>84</v>
+      </c>
+      <c r="F26" t="s">
+        <v>120</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H26" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>123</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>124</v>
+      </c>
+      <c r="D27" t="s">
+        <v>83</v>
+      </c>
+      <c r="E27" t="s">
+        <v>84</v>
+      </c>
+      <c r="F27" t="s">
+        <v>120</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H27" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>127</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>128</v>
+      </c>
+      <c r="D28" t="s">
+        <v>83</v>
+      </c>
+      <c r="E28" t="s">
+        <v>84</v>
+      </c>
+      <c r="F28" t="s">
+        <v>115</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H28" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>131</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>132</v>
+      </c>
+      <c r="D29" t="s">
+        <v>83</v>
+      </c>
+      <c r="E29" t="s">
+        <v>84</v>
+      </c>
+      <c r="F29" t="s">
+        <v>133</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H29" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>136</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>137</v>
+      </c>
+      <c r="D30" t="s">
+        <v>83</v>
+      </c>
+      <c r="E30" t="s">
+        <v>84</v>
+      </c>
+      <c r="F30" t="s">
+        <v>133</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H30" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>140</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>141</v>
+      </c>
+      <c r="D31" t="s">
+        <v>83</v>
+      </c>
+      <c r="E31" t="s">
+        <v>84</v>
+      </c>
+      <c r="F31" t="s">
+        <v>142</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H31" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>145</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>146</v>
+      </c>
+      <c r="D32" t="s">
+        <v>83</v>
+      </c>
+      <c r="E32" t="s">
+        <v>84</v>
+      </c>
+      <c r="F32" t="s">
+        <v>142</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H32" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>149</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>150</v>
+      </c>
+      <c r="D33" t="s">
+        <v>83</v>
+      </c>
+      <c r="E33" t="s">
+        <v>84</v>
+      </c>
+      <c r="F33" t="s">
+        <v>151</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H33" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>154</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>155</v>
+      </c>
+      <c r="D34" t="s">
+        <v>83</v>
+      </c>
+      <c r="E34" t="s">
+        <v>84</v>
+      </c>
+      <c r="F34" t="s">
+        <v>151</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H34" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>158</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>159</v>
+      </c>
+      <c r="D35" t="s">
+        <v>83</v>
+      </c>
+      <c r="E35" t="s">
+        <v>84</v>
+      </c>
+      <c r="F35" t="s">
+        <v>160</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H35" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>163</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>164</v>
+      </c>
+      <c r="D36" t="s">
+        <v>83</v>
+      </c>
+      <c r="E36" t="s">
+        <v>84</v>
+      </c>
+      <c r="F36" t="s">
+        <v>160</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H36" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>167</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>168</v>
+      </c>
+      <c r="D37" t="s">
+        <v>83</v>
+      </c>
+      <c r="E37" t="s">
+        <v>84</v>
+      </c>
+      <c r="F37" t="s">
+        <v>169</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H37" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>172</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>173</v>
+      </c>
+      <c r="D38" t="s">
+        <v>83</v>
+      </c>
+      <c r="E38" t="s">
+        <v>84</v>
+      </c>
+      <c r="F38" t="s">
+        <v>169</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="H38" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>176</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>177</v>
+      </c>
+      <c r="D39" t="s">
+        <v>83</v>
+      </c>
+      <c r="E39" t="s">
+        <v>84</v>
+      </c>
+      <c r="F39" t="s">
+        <v>178</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H39" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>181</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>182</v>
+      </c>
+      <c r="D40" t="s">
+        <v>83</v>
+      </c>
+      <c r="E40" t="s">
+        <v>84</v>
+      </c>
+      <c r="F40" t="s">
+        <v>178</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H40" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>185</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>186</v>
+      </c>
+      <c r="D41" t="s">
+        <v>83</v>
+      </c>
+      <c r="E41" t="s">
+        <v>84</v>
+      </c>
+      <c r="F41" t="s">
+        <v>187</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H41" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>190</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>191</v>
+      </c>
+      <c r="D42" t="s">
+        <v>83</v>
+      </c>
+      <c r="E42" t="s">
+        <v>84</v>
+      </c>
+      <c r="F42" t="s">
+        <v>187</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H42" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>194</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>195</v>
+      </c>
+      <c r="D43" t="s">
+        <v>83</v>
+      </c>
+      <c r="E43" t="s">
+        <v>84</v>
+      </c>
+      <c r="F43" t="s">
+        <v>196</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H43" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>199</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>200</v>
+      </c>
+      <c r="D44" t="s">
+        <v>83</v>
+      </c>
+      <c r="E44" t="s">
+        <v>84</v>
+      </c>
+      <c r="F44" t="s">
+        <v>196</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H44" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>203</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>204</v>
+      </c>
+      <c r="D45" t="s">
+        <v>83</v>
+      </c>
+      <c r="E45" t="s">
+        <v>84</v>
+      </c>
+      <c r="F45" t="s">
+        <v>205</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H45" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>208</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>209</v>
+      </c>
+      <c r="D46" t="s">
+        <v>83</v>
+      </c>
+      <c r="E46" t="s">
+        <v>84</v>
+      </c>
+      <c r="F46" t="s">
+        <v>115</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="H46" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>212</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>213</v>
+      </c>
+      <c r="D47" t="s">
+        <v>83</v>
+      </c>
+      <c r="E47" t="s">
+        <v>84</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H47" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>216</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>217</v>
+      </c>
+      <c r="D48" t="s">
+        <v>83</v>
+      </c>
+      <c r="E48" t="s">
+        <v>84</v>
+      </c>
+      <c r="F48" t="s">
+        <v>97</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="H48" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>220</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>221</v>
+      </c>
+      <c r="D49" t="s">
+        <v>83</v>
+      </c>
+      <c r="E49" t="s">
+        <v>84</v>
+      </c>
+      <c r="F49" t="s">
+        <v>106</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H49" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>224</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>225</v>
+      </c>
+      <c r="D50" t="s">
+        <v>83</v>
+      </c>
+      <c r="E50" t="s">
+        <v>84</v>
+      </c>
+      <c r="F50" t="s">
+        <v>106</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H50" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>228</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>229</v>
+      </c>
+      <c r="D51" t="s">
+        <v>83</v>
+      </c>
+      <c r="E51" t="s">
+        <v>84</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H51" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>232</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>233</v>
+      </c>
+      <c r="D52" t="s">
+        <v>83</v>
+      </c>
+      <c r="E52" t="s">
+        <v>84</v>
+      </c>
+      <c r="F52" t="s">
+        <v>234</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H52" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>237</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>238</v>
+      </c>
+      <c r="D53" t="s">
+        <v>83</v>
+      </c>
+      <c r="E53" t="s">
+        <v>84</v>
+      </c>
+      <c r="F53" t="s">
+        <v>234</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H53" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>241</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>242</v>
+      </c>
+      <c r="D54" t="s">
+        <v>83</v>
+      </c>
+      <c r="E54" t="s">
+        <v>84</v>
+      </c>
+      <c r="F54" t="s">
+        <v>169</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H54" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>245</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>246</v>
+      </c>
+      <c r="D55" t="s">
+        <v>83</v>
+      </c>
+      <c r="E55" t="s">
+        <v>84</v>
+      </c>
+      <c r="F55" t="s">
+        <v>169</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H55" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>249</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>250</v>
+      </c>
+      <c r="D56" t="s">
+        <v>83</v>
+      </c>
+      <c r="E56" t="s">
+        <v>84</v>
+      </c>
+      <c r="F56" t="s">
+        <v>187</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H56" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>253</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>254</v>
+      </c>
+      <c r="D57" t="s">
+        <v>83</v>
+      </c>
+      <c r="E57" t="s">
+        <v>84</v>
+      </c>
+      <c r="F57" t="s">
+        <v>187</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H57" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>257</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>258</v>
+      </c>
+      <c r="D58" t="s">
+        <v>83</v>
+      </c>
+      <c r="E58" t="s">
+        <v>84</v>
+      </c>
+      <c r="F58" t="s">
+        <v>133</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H58" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>261</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>262</v>
+      </c>
+      <c r="D59" t="s">
+        <v>83</v>
+      </c>
+      <c r="E59" t="s">
+        <v>84</v>
+      </c>
+      <c r="F59" t="s">
+        <v>133</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H59" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>265</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>266</v>
+      </c>
+      <c r="D60" t="s">
+        <v>83</v>
+      </c>
+      <c r="E60" t="s">
+        <v>84</v>
+      </c>
+      <c r="F60" t="s">
+        <v>89</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H60" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>269</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>270</v>
+      </c>
+      <c r="D61" t="s">
+        <v>83</v>
+      </c>
+      <c r="E61" t="s">
+        <v>84</v>
+      </c>
+      <c r="F61" t="s">
+        <v>120</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H61" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>273</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>274</v>
+      </c>
+      <c r="D62" t="s">
+        <v>83</v>
+      </c>
+      <c r="E62" t="s">
+        <v>84</v>
+      </c>
+      <c r="F62" t="s">
+        <v>120</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H62" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>277</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>278</v>
+      </c>
+      <c r="D63" t="s">
+        <v>83</v>
+      </c>
+      <c r="E63" t="s">
+        <v>84</v>
+      </c>
+      <c r="F63" t="s">
+        <v>160</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H63" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>281</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>282</v>
+      </c>
+      <c r="D64" t="s">
+        <v>83</v>
+      </c>
+      <c r="E64" t="s">
+        <v>84</v>
+      </c>
+      <c r="F64" t="s">
+        <v>160</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H64" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>285</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>286</v>
+      </c>
+      <c r="D65" t="s">
+        <v>83</v>
+      </c>
+      <c r="E65" t="s">
+        <v>84</v>
+      </c>
+      <c r="F65" t="s">
+        <v>151</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H65" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>289</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>290</v>
+      </c>
+      <c r="D66" t="s">
+        <v>83</v>
+      </c>
+      <c r="E66" t="s">
+        <v>84</v>
+      </c>
+      <c r="F66" t="s">
+        <v>151</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H66" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>293</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>294</v>
+      </c>
+      <c r="D67" t="s">
+        <v>83</v>
+      </c>
+      <c r="E67" t="s">
+        <v>84</v>
+      </c>
+      <c r="F67" t="s">
+        <v>196</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H67" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>297</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>298</v>
+      </c>
+      <c r="D68" t="s">
+        <v>83</v>
+      </c>
+      <c r="E68" t="s">
+        <v>84</v>
+      </c>
+      <c r="F68" t="s">
+        <v>196</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H68" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>301</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>34</v>
+      </c>
+      <c r="D69" t="s">
+        <v>83</v>
+      </c>
+      <c r="E69" t="s">
+        <v>84</v>
+      </c>
+      <c r="F69" t="s">
+        <v>89</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H69" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>304</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>41</v>
+      </c>
+      <c r="D70" t="s">
+        <v>83</v>
+      </c>
+      <c r="E70" t="s">
+        <v>84</v>
+      </c>
+      <c r="F70" t="s">
+        <v>142</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H70" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>307</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>45</v>
+      </c>
+      <c r="D71" t="s">
+        <v>83</v>
+      </c>
+      <c r="E71" t="s">
+        <v>84</v>
+      </c>
+      <c r="F71" t="s">
+        <v>142</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H71" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>310</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>49</v>
+      </c>
+      <c r="D72" t="s">
+        <v>83</v>
+      </c>
+      <c r="E72" t="s">
+        <v>84</v>
+      </c>
+      <c r="F72" t="s">
+        <v>205</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H72" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>313</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>53</v>
+      </c>
+      <c r="D73" t="s">
+        <v>83</v>
+      </c>
+      <c r="E73" t="s">
+        <v>84</v>
+      </c>
+      <c r="F73" t="s">
+        <v>205</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H73" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>316</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>57</v>
+      </c>
+      <c r="D74" t="s">
+        <v>83</v>
+      </c>
+      <c r="E74" t="s">
+        <v>84</v>
+      </c>
+      <c r="F74" t="s">
+        <v>142</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H74" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>319</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>61</v>
+      </c>
+      <c r="D75" t="s">
+        <v>83</v>
+      </c>
+      <c r="E75" t="s">
+        <v>84</v>
+      </c>
+      <c r="F75" t="s">
+        <v>178</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H75" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>322</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>65</v>
+      </c>
+      <c r="D76" t="s">
+        <v>83</v>
+      </c>
+      <c r="E76" t="s">
+        <v>84</v>
+      </c>
+      <c r="F76" t="s">
+        <v>178</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H76" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>325</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>326</v>
+      </c>
+      <c r="D77" t="s">
+        <v>83</v>
+      </c>
+      <c r="E77" t="s">
+        <v>84</v>
+      </c>
+      <c r="F77" t="s">
+        <v>327</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H77" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>330</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>331</v>
+      </c>
+      <c r="D78" t="s">
+        <v>83</v>
+      </c>
+      <c r="E78" t="s">
+        <v>84</v>
+      </c>
+      <c r="F78" t="s">
+        <v>169</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H78" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>334</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>335</v>
+      </c>
+      <c r="D79" t="s">
+        <v>83</v>
+      </c>
+      <c r="E79" t="s">
+        <v>84</v>
+      </c>
+      <c r="F79" t="s">
+        <v>196</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H79" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>338</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>339</v>
+      </c>
+      <c r="D80" t="s">
+        <v>83</v>
+      </c>
+      <c r="E80" t="s">
+        <v>84</v>
+      </c>
+      <c r="F80" t="s">
+        <v>196</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H80" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>342</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>343</v>
+      </c>
+      <c r="D81" t="s">
+        <v>83</v>
+      </c>
+      <c r="E81" t="s">
+        <v>84</v>
+      </c>
+      <c r="F81" t="s">
+        <v>142</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H81" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>346</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>347</v>
+      </c>
+      <c r="D82" t="s">
+        <v>83</v>
+      </c>
+      <c r="E82" t="s">
+        <v>84</v>
+      </c>
+      <c r="F82" t="s">
+        <v>97</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H82" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>350</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>351</v>
+      </c>
+      <c r="D83" t="s">
+        <v>83</v>
+      </c>
+      <c r="E83" t="s">
+        <v>84</v>
+      </c>
+      <c r="F83" t="s">
+        <v>97</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H83" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>354</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>355</v>
+      </c>
+      <c r="D84" t="s">
+        <v>83</v>
+      </c>
+      <c r="E84" t="s">
+        <v>84</v>
+      </c>
+      <c r="F84" t="s">
+        <v>106</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H84" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>358</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>359</v>
+      </c>
+      <c r="D85" t="s">
+        <v>83</v>
+      </c>
+      <c r="E85" t="s">
+        <v>84</v>
+      </c>
+      <c r="F85" t="s">
+        <v>106</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H85" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>362</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>363</v>
+      </c>
+      <c r="D86" t="s">
+        <v>83</v>
+      </c>
+      <c r="E86" t="s">
+        <v>84</v>
+      </c>
+      <c r="F86" t="s">
+        <v>205</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="H86" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>366</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>367</v>
+      </c>
+      <c r="D87" t="s">
+        <v>83</v>
+      </c>
+      <c r="E87" t="s">
+        <v>84</v>
+      </c>
+      <c r="F87" t="s">
+        <v>205</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H87" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>370</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>371</v>
+      </c>
+      <c r="D88" t="s">
+        <v>83</v>
+      </c>
+      <c r="E88" t="s">
+        <v>84</v>
+      </c>
+      <c r="F88" t="s">
+        <v>89</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H88" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>374</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>375</v>
+      </c>
+      <c r="D89" t="s">
+        <v>83</v>
+      </c>
+      <c r="E89" t="s">
+        <v>84</v>
+      </c>
+      <c r="F89" t="s">
+        <v>89</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H89" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>378</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>379</v>
+      </c>
+      <c r="D90" t="s">
+        <v>83</v>
+      </c>
+      <c r="E90" t="s">
+        <v>84</v>
+      </c>
+      <c r="F90" t="s">
+        <v>178</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H90" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>382</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>383</v>
+      </c>
+      <c r="D91" t="s">
+        <v>83</v>
+      </c>
+      <c r="E91" t="s">
+        <v>84</v>
+      </c>
+      <c r="F91" t="s">
+        <v>169</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H91" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>386</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>387</v>
+      </c>
+      <c r="D92" t="s">
+        <v>83</v>
+      </c>
+      <c r="E92" t="s">
+        <v>84</v>
+      </c>
+      <c r="F92" t="s">
+        <v>120</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H92" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>390</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>391</v>
+      </c>
+      <c r="D93" t="s">
+        <v>83</v>
+      </c>
+      <c r="E93" t="s">
+        <v>84</v>
+      </c>
+      <c r="F93" t="s">
+        <v>120</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="H93" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>394</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>395</v>
+      </c>
+      <c r="D94" t="s">
+        <v>83</v>
+      </c>
+      <c r="E94" t="s">
+        <v>84</v>
+      </c>
+      <c r="F94" t="s">
+        <v>396</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H94" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>399</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>400</v>
+      </c>
+      <c r="D95" t="s">
+        <v>83</v>
+      </c>
+      <c r="E95" t="s">
+        <v>84</v>
+      </c>
+      <c r="F95" t="s">
+        <v>396</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H95" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>403</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>404</v>
+      </c>
+      <c r="D96" t="s">
+        <v>83</v>
+      </c>
+      <c r="E96" t="s">
+        <v>84</v>
+      </c>
+      <c r="F96" t="s">
+        <v>160</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H96" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>407</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>408</v>
+      </c>
+      <c r="D97" t="s">
+        <v>83</v>
+      </c>
+      <c r="E97" t="s">
+        <v>84</v>
+      </c>
+      <c r="F97" t="s">
+        <v>409</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H97" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>412</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>413</v>
+      </c>
+      <c r="D98" t="s">
+        <v>83</v>
+      </c>
+      <c r="E98" t="s">
+        <v>84</v>
+      </c>
+      <c r="F98" t="s">
+        <v>205</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H98" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>416</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>417</v>
+      </c>
+      <c r="D99" t="s">
+        <v>83</v>
+      </c>
+      <c r="E99" t="s">
+        <v>84</v>
+      </c>
+      <c r="F99" t="s">
+        <v>120</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H99" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>420</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>421</v>
+      </c>
+      <c r="D100" t="s">
+        <v>83</v>
+      </c>
+      <c r="E100" t="s">
+        <v>84</v>
+      </c>
+      <c r="F100" t="s">
+        <v>120</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H100" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>424</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>425</v>
+      </c>
+      <c r="D101" t="s">
+        <v>83</v>
+      </c>
+      <c r="E101" t="s">
+        <v>84</v>
+      </c>
+      <c r="F101" t="s">
+        <v>115</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H101" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>428</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>429</v>
+      </c>
+      <c r="D102" t="s">
+        <v>83</v>
+      </c>
+      <c r="E102" t="s">
+        <v>84</v>
+      </c>
+      <c r="F102" t="s">
+        <v>97</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H102" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>432</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>433</v>
+      </c>
+      <c r="D103" t="s">
+        <v>83</v>
+      </c>
+      <c r="E103" t="s">
+        <v>84</v>
+      </c>
+      <c r="F103" t="s">
+        <v>97</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H103" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>436</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>437</v>
+      </c>
+      <c r="D104" t="s">
+        <v>83</v>
+      </c>
+      <c r="E104" t="s">
+        <v>84</v>
+      </c>
+      <c r="F104" t="s">
+        <v>196</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H104" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>440</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>441</v>
+      </c>
+      <c r="D105" t="s">
+        <v>83</v>
+      </c>
+      <c r="E105" t="s">
+        <v>84</v>
+      </c>
+      <c r="F105" t="s">
+        <v>196</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H105" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>444</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>445</v>
+      </c>
+      <c r="D106" t="s">
+        <v>83</v>
+      </c>
+      <c r="E106" t="s">
+        <v>84</v>
+      </c>
+      <c r="F106" t="s">
+        <v>396</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H106" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>448</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>449</v>
+      </c>
+      <c r="D107" t="s">
+        <v>83</v>
+      </c>
+      <c r="E107" t="s">
+        <v>84</v>
+      </c>
+      <c r="F107" t="s">
+        <v>396</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H107" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>452</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>453</v>
+      </c>
+      <c r="D108" t="s">
+        <v>83</v>
+      </c>
+      <c r="E108" t="s">
+        <v>84</v>
+      </c>
+      <c r="F108" t="s">
+        <v>106</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H108" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>456</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>457</v>
+      </c>
+      <c r="D109" t="s">
+        <v>83</v>
+      </c>
+      <c r="E109" t="s">
+        <v>84</v>
+      </c>
+      <c r="F109" t="s">
+        <v>106</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H109" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>460</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>461</v>
+      </c>
+      <c r="D110" t="s">
+        <v>83</v>
+      </c>
+      <c r="E110" t="s">
+        <v>84</v>
+      </c>
+      <c r="F110" t="s">
+        <v>187</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H110" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>464</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>465</v>
+      </c>
+      <c r="D111" t="s">
+        <v>83</v>
+      </c>
+      <c r="E111" t="s">
+        <v>84</v>
+      </c>
+      <c r="F111" t="s">
+        <v>187</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H111" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>468</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>469</v>
+      </c>
+      <c r="D112" t="s">
+        <v>83</v>
+      </c>
+      <c r="E112" t="s">
+        <v>84</v>
+      </c>
+      <c r="F112" t="s">
+        <v>160</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="H112" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>472</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>473</v>
+      </c>
+      <c r="D113" t="s">
+        <v>83</v>
+      </c>
+      <c r="E113" t="s">
+        <v>84</v>
+      </c>
+      <c r="F113" t="s">
+        <v>160</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="H113" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>476</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>477</v>
+      </c>
+      <c r="D114" t="s">
+        <v>83</v>
+      </c>
+      <c r="E114" t="s">
+        <v>84</v>
+      </c>
+      <c r="F114" t="s">
+        <v>178</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H114" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>480</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>481</v>
+      </c>
+      <c r="D115" t="s">
+        <v>83</v>
+      </c>
+      <c r="E115" t="s">
+        <v>84</v>
+      </c>
+      <c r="F115" t="s">
+        <v>89</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H115" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>484</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>485</v>
+      </c>
+      <c r="D116" t="s">
+        <v>83</v>
+      </c>
+      <c r="E116" t="s">
+        <v>84</v>
+      </c>
+      <c r="F116" t="s">
+        <v>89</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="H116" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>488</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>489</v>
+      </c>
+      <c r="D117" t="s">
+        <v>83</v>
+      </c>
+      <c r="E117" t="s">
+        <v>84</v>
+      </c>
+      <c r="F117" t="s">
+        <v>205</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H117" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>492</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>493</v>
+      </c>
+      <c r="D118" t="s">
+        <v>83</v>
+      </c>
+      <c r="E118" t="s">
+        <v>84</v>
+      </c>
+      <c r="F118" t="s">
+        <v>205</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="H118" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>496</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>497</v>
+      </c>
+      <c r="D119" t="s">
+        <v>83</v>
+      </c>
+      <c r="E119" t="s">
+        <v>84</v>
+      </c>
+      <c r="F119" t="s">
+        <v>142</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H119" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>500</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>501</v>
+      </c>
+      <c r="D120" t="s">
+        <v>83</v>
+      </c>
+      <c r="E120" t="s">
+        <v>84</v>
+      </c>
+      <c r="F120" t="s">
+        <v>142</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="H120" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>504</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>505</v>
+      </c>
+      <c r="D121" t="s">
+        <v>83</v>
+      </c>
+      <c r="E121" t="s">
+        <v>84</v>
+      </c>
+      <c r="F121" t="s">
+        <v>234</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="H121" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>508</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>509</v>
+      </c>
+      <c r="D122" t="s">
+        <v>83</v>
+      </c>
+      <c r="E122" t="s">
+        <v>84</v>
+      </c>
+      <c r="F122" t="s">
+        <v>234</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="H122" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>512</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>513</v>
+      </c>
+      <c r="D123" t="s">
+        <v>83</v>
+      </c>
+      <c r="E123" t="s">
+        <v>84</v>
+      </c>
+      <c r="F123" t="s">
+        <v>514</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H123" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>517</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>518</v>
+      </c>
+      <c r="D124" t="s">
+        <v>83</v>
+      </c>
+      <c r="E124" t="s">
+        <v>84</v>
+      </c>
+      <c r="F124" t="s">
+        <v>151</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H124" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>521</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>522</v>
+      </c>
+      <c r="D125" t="s">
+        <v>83</v>
+      </c>
+      <c r="E125" t="s">
+        <v>84</v>
+      </c>
+      <c r="F125" t="s">
+        <v>115</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H125" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>525</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>526</v>
+      </c>
+      <c r="D126" t="s">
+        <v>83</v>
+      </c>
+      <c r="E126" t="s">
+        <v>84</v>
+      </c>
+      <c r="F126" t="s">
+        <v>97</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H126" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>529</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>530</v>
+      </c>
+      <c r="D127" t="s">
+        <v>83</v>
+      </c>
+      <c r="E127" t="s">
+        <v>84</v>
+      </c>
+      <c r="F127" t="s">
+        <v>97</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H127" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>533</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>534</v>
+      </c>
+      <c r="D128" t="s">
+        <v>83</v>
+      </c>
+      <c r="E128" t="s">
+        <v>84</v>
+      </c>
+      <c r="F128" t="s">
+        <v>187</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H128" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>537</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>538</v>
+      </c>
+      <c r="D129" t="s">
+        <v>83</v>
+      </c>
+      <c r="E129" t="s">
+        <v>84</v>
+      </c>
+      <c r="F129" t="s">
+        <v>187</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H129" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>541</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>542</v>
+      </c>
+      <c r="D130" t="s">
+        <v>83</v>
+      </c>
+      <c r="E130" t="s">
+        <v>84</v>
+      </c>
+      <c r="F130" t="s">
+        <v>120</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H130" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>545</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>546</v>
+      </c>
+      <c r="D131" t="s">
+        <v>83</v>
+      </c>
+      <c r="E131" t="s">
+        <v>84</v>
+      </c>
+      <c r="F131" t="s">
+        <v>120</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H131" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>549</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>550</v>
+      </c>
+      <c r="D132" t="s">
+        <v>83</v>
+      </c>
+      <c r="E132" t="s">
+        <v>84</v>
+      </c>
+      <c r="F132" t="s">
+        <v>115</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H132" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>553</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>554</v>
+      </c>
+      <c r="D133" t="s">
+        <v>83</v>
+      </c>
+      <c r="E133" t="s">
+        <v>84</v>
+      </c>
+      <c r="F133" t="s">
+        <v>160</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="H133" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>557</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>558</v>
+      </c>
+      <c r="D134" t="s">
+        <v>83</v>
+      </c>
+      <c r="E134" t="s">
+        <v>84</v>
+      </c>
+      <c r="F134" t="s">
+        <v>234</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H134" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>561</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>562</v>
+      </c>
+      <c r="D135" t="s">
+        <v>83</v>
+      </c>
+      <c r="E135" t="s">
+        <v>84</v>
+      </c>
+      <c r="F135" t="s">
+        <v>234</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="H135" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>565</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>566</v>
+      </c>
+      <c r="D136" t="s">
+        <v>83</v>
+      </c>
+      <c r="E136" t="s">
+        <v>84</v>
+      </c>
+      <c r="F136" t="s">
+        <v>142</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="H136" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>569</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>570</v>
+      </c>
+      <c r="D137" t="s">
+        <v>83</v>
+      </c>
+      <c r="E137" t="s">
+        <v>84</v>
+      </c>
+      <c r="F137" t="s">
+        <v>142</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H137" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>573</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>574</v>
+      </c>
+      <c r="D138" t="s">
+        <v>83</v>
+      </c>
+      <c r="E138" t="s">
+        <v>84</v>
+      </c>
+      <c r="F138" t="s">
+        <v>106</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H138" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>577</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>578</v>
+      </c>
+      <c r="D139" t="s">
+        <v>83</v>
+      </c>
+      <c r="E139" t="s">
+        <v>84</v>
+      </c>
+      <c r="F139" t="s">
+        <v>106</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H139" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>581</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>582</v>
+      </c>
+      <c r="D140" t="s">
+        <v>83</v>
+      </c>
+      <c r="E140" t="s">
+        <v>84</v>
+      </c>
+      <c r="F140" t="s">
+        <v>89</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H140" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>585</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>586</v>
+      </c>
+      <c r="D141" t="s">
+        <v>83</v>
+      </c>
+      <c r="E141" t="s">
+        <v>84</v>
+      </c>
+      <c r="F141" t="s">
+        <v>89</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H141" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>589</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>590</v>
+      </c>
+      <c r="D142" t="s">
+        <v>83</v>
+      </c>
+      <c r="E142" t="s">
+        <v>84</v>
+      </c>
+      <c r="F142" t="s">
+        <v>196</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H142" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>593</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>594</v>
+      </c>
+      <c r="D143" t="s">
+        <v>83</v>
+      </c>
+      <c r="E143" t="s">
+        <v>84</v>
+      </c>
+      <c r="F143" t="s">
+        <v>196</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H143" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>597</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>598</v>
+      </c>
+      <c r="D144" t="s">
+        <v>83</v>
+      </c>
+      <c r="E144" t="s">
+        <v>84</v>
+      </c>
+      <c r="F144" t="s">
+        <v>151</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H144" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>601</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>602</v>
+      </c>
+      <c r="D145" t="s">
+        <v>83</v>
+      </c>
+      <c r="E145" t="s">
+        <v>84</v>
+      </c>
+      <c r="F145" t="s">
+        <v>151</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="H145" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>605</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>606</v>
+      </c>
+      <c r="D146" t="s">
+        <v>83</v>
+      </c>
+      <c r="E146" t="s">
+        <v>84</v>
+      </c>
+      <c r="F146" t="s">
+        <v>205</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H146" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>609</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>610</v>
+      </c>
+      <c r="D147" t="s">
+        <v>83</v>
+      </c>
+      <c r="E147" t="s">
+        <v>84</v>
+      </c>
+      <c r="F147" t="s">
+        <v>205</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H147" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>613</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>614</v>
+      </c>
+      <c r="D148" t="s">
+        <v>83</v>
+      </c>
+      <c r="E148" t="s">
+        <v>84</v>
+      </c>
+      <c r="F148" t="s">
+        <v>615</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H148" t="s">
+        <v>617</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>